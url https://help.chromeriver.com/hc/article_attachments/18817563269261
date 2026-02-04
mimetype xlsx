--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -31,60 +31,60 @@
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\Documentation\Docs\_Feed Specs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D85CE6C-13AA-479D-BDD0-9DF263FEDACD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7912FAAD-FDF5-4E44-A39A-783386CAC3BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-210" yWindow="1440" windowWidth="29010" windowHeight="14040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="File Specs" sheetId="34" r:id="rId1"/>
     <sheet name="Sample Headers" sheetId="35" r:id="rId2"/>
     <sheet name="Entity" sheetId="36" r:id="rId3"/>
     <sheet name="Entity Template" sheetId="37" r:id="rId4"/>
     <sheet name="Person" sheetId="38" r:id="rId5"/>
     <sheet name="Person Template" sheetId="39" r:id="rId6"/>
     <sheet name="Allocation" sheetId="40" r:id="rId7"/>
     <sheet name="Allocation Template" sheetId="41" r:id="rId8"/>
     <sheet name="Entity Type" sheetId="9" r:id="rId9"/>
     <sheet name="Paid Expense" sheetId="10" r:id="rId10"/>
     <sheet name="Paid Expense Duplicate Check" sheetId="11" r:id="rId11"/>
     <sheet name="Matter On Select" sheetId="12" r:id="rId12"/>
     <sheet name="Invoice Vendors" sheetId="13" r:id="rId13"/>
     <sheet name="Invoice Vendors Example" sheetId="33" r:id="rId14"/>
     <sheet name="Prior Invoices" sheetId="14" r:id="rId15"/>
     <sheet name="Batch eInvoice" sheetId="15" r:id="rId16"/>
     <sheet name="Paid Invoice" sheetId="16" r:id="rId17"/>
     <sheet name="Paid Invoice Duplicate Check" sheetId="17" r:id="rId18"/>
     <sheet name="Delegates" sheetId="18" r:id="rId19"/>
     <sheet name="Exchange Rate" sheetId="19" r:id="rId20"/>
     <sheet name="Expense Transaction – Standard" sheetId="20" r:id="rId21"/>
     <sheet name="Expense Transaction – Advanced" sheetId="21" r:id="rId22"/>
     <sheet name="GL Account Codes" sheetId="22" r:id="rId23"/>
@@ -145,51 +145,51 @@
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A3" i="34" l="1"/>
   <c r="AL3" i="33" l="1"/>
   <c r="AL4" i="33"/>
   <c r="AL5" i="33"/>
   <c r="AL6" i="33"/>
   <c r="AL7" i="33"/>
   <c r="AL8" i="33"/>
   <c r="AL9" i="33"/>
   <c r="AL10" i="33"/>
   <c r="AL11" i="33"/>
   <c r="AL12" i="33"/>
   <c r="AL13" i="33"/>
   <c r="AL14" i="33"/>
   <c r="AL15" i="33"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2371" uniqueCount="1236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2373" uniqueCount="1239">
   <si>
     <t>File Format</t>
   </si>
   <si>
     <t>File Name</t>
   </si>
   <si>
     <t>Example</t>
   </si>
   <si>
     <t>File Data Delimiter</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF010000"/>
         <rFont val="Noto Sans Symbols"/>
       </rPr>
       <t>·</t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color rgb="FF010000"/>
@@ -7396,54 +7396,50 @@
 </t>
   </si>
   <si>
     <t xml:space="preserve">Discuss
 If not using or the customer wants to manually maintain a value in the admin, Default to ~IGNORE. 
 If left blank it will assume the value should be removed, so anything manually entered in the admin would be removed.					</t>
   </si>
   <si>
     <t xml:space="preserve">Discuss
 If not using or the customer wants to manually maintain a value in the admin, Default to ~IGNORE. 
 If left blank it will assume the value should be removed, so anything manually entered in the admin would be removed.			</t>
   </si>
   <si>
     <t>Provide additional currency code  (only employee requires the ability to create expense reports in different currencies—i.e., If the person's corporate card is billed in a currency that is different than their employee reimbursement currency, you would provide the corporate card billed currency here).  If there is a need for more than 2 currencies, do not populate this field; instead use the AdditionalCurrencyCodes field below.
 Default to ~IGNORE 
 If left blank it will assume alternate currency codes should be removed.</t>
   </si>
   <si>
     <t>Default to ~IGNORE 
 If left blank it will assume additional currency codes should be removed.</t>
   </si>
   <si>
     <t>Leave blank; by default this isn't activated in the feed</t>
   </si>
   <si>
-    <t>Default to ~IGNORE 
-[...2 lines deleted...]
-  <si>
     <t>Additional Person Entities</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Header Record: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>This is required, and the values need to match the spec exactly. They are also case sensitive.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
@@ -7488,53 +7484,50 @@
  - Need to provide</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> primary</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> email, the email that is sent externally, because that will be what Emburse will receive.  Needed for approvals via email and receipt expense memos.
  - Since email address is required and needs to be supplied even if they do not have an email address, some clients send &lt;loginID&gt;@client.com so it's unique.
 </t>
     </r>
   </si>
   <si>
-    <t>NOTE: The formatting in the description of these fields is VERY important. The double-double quotes are needed where specified, and the values are case sensitive.</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">File Format: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">If the file contains accented characters, use plain text encoded UTF-8 format. CSV files need to be saved as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>CSV UTF-8 (Comma delimited) (*.csv)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -7661,50 +7654,72 @@
   <si>
     <r>
       <t xml:space="preserve">["en": "US English Name", "fr": "French Name", "en:GB":"UK Name"]
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>If using CSV, format should be:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 "{""en"":""US English Name"", ""fr"": ""French Name"", ""de"":""German Name""}"</t>
     </r>
+  </si>
+  <si>
+    <t>Note: All gray fields are replaced by incoming data. The following fields are not blanked out when the corresponding allocation fields are blank:
+- Currency
+- Language</t>
+  </si>
+  <si>
+    <t>Default value is ~IGNORE
+If left blank, access is removed and any manually entered admin UI values are removed.
+If “N” is sent, Analytics is set to "Analytics Not Enabled."
+If Analytics was previously enabled and ~IGNORE is sent, the existing setting is retained.</t>
+  </si>
+  <si>
+    <t>NOTE: The formatting in the description of these fields is VERY important. The double-double quotes are needed where specified, and the values are case sensitive.
+Relationship attributes created manually in the admin UI are not replaced by the data feed and must be removed or updated manually via the admin UI.
+Relationship attributes created via data feed are replaced, added, or removed based on the incoming feed.</t>
+  </si>
+  <si>
+    <t>Note: The following fields are not blanked out when blanks are sent in the Person data feed: Reports To, Expense Bar, UDF 1, UDF 2, UDF 3, Preferences, Language, Date Format, Currency Format, Tax Location</t>
+  </si>
+  <si>
+    <t>Note: The CSV/XLSX integration options support delta updates. If a record needs to be deactivated, a record update must be sent in a file to make the most recent update. The CSV/XLSX files can be loaded via the admin screen or via SFTP. All fields shown in gray are replaced; leaving a gray field blank clears the field value. Setting “Y” in the Delete column deactivates the record regardless of whether "Do not Delete" is enabled on the Entity.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="102">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -7775,50 +7790,51 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF010000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF010000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF010000"/>
       <name val="Noto Sans"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF0089B7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
@@ -7928,50 +7944,51 @@
       <b/>
       <sz val="10"/>
       <color rgb="FF404040"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Noto Sans"/>
+      <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -7988,50 +8005,51 @@
     <font>
       <u/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Noto Sans"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF303030"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF404040"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF404040"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0089B7"/>
       <name val="Tahoma"/>
@@ -8228,65 +8246,67 @@
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0070C0"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF404040"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -8699,51 +8719,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFC6D9F0"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC6D9F0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="83" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="85" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19"/>
     <xf numFmtId="0" fontId="86" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="325">
+  <cellXfs count="327">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -9377,74 +9397,74 @@
     <xf numFmtId="0" fontId="2" fillId="22" borderId="19" xfId="7" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="7" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="83" fillId="0" borderId="19" xfId="2"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="22" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="22" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="100" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="7" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="22" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="95" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="97" fillId="0" borderId="19" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="99" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
@@ -9476,136 +9496,142 @@
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="86" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="85" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="29" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="8" xr:uid="{F76FCB1D-A7CF-4F9C-94AD-6D0364FCC3BF}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{5EB76A1A-09B6-4D69-A756-DAB14F5A5B5E}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{2525A75F-7D8C-44D9-B105-1D7861F65B31}"/>
     <cellStyle name="Normal 3 2" xfId="4" xr:uid="{F04E0AA5-15EE-4856-85FE-1D366CAB21D2}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{0819F951-FED2-47F3-B15D-F9E8853B8AF7}"/>
     <cellStyle name="Normal 4 2" xfId="7" xr:uid="{62141D3A-7829-4B59-9F03-A22CF88DA82A}"/>
     <cellStyle name="Normal 5" xfId="6" xr:uid="{1C7DE95B-B8F0-4EED-99AE-672F8A02236D}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
@@ -9947,51 +9973,51 @@
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
       <c r="N3" s="138"/>
       <c r="O3" s="138"/>
       <c r="P3" s="138"/>
       <c r="Q3" s="138"/>
       <c r="R3" s="138"/>
       <c r="S3" s="138"/>
       <c r="T3" s="138"/>
       <c r="U3" s="138"/>
       <c r="V3" s="138"/>
       <c r="W3" s="138"/>
       <c r="X3" s="138"/>
       <c r="Y3" s="138"/>
       <c r="Z3" s="138"/>
     </row>
     <row r="5" spans="1:26" ht="68.25" customHeight="1" thickBot="1">
       <c r="A5" s="139" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="140" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="6" spans="1:26" ht="15.75" thickBot="1">
       <c r="A6" s="139" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="141" t="s">
         <v>1067</v>
       </c>
       <c r="C6" s="137"/>
       <c r="D6" s="137"/>
       <c r="E6" s="137"/>
       <c r="F6" s="137"/>
       <c r="G6" s="137"/>
       <c r="H6" s="137"/>
       <c r="I6" s="137"/>
       <c r="J6" s="137"/>
       <c r="K6" s="137"/>
       <c r="L6" s="137"/>
       <c r="M6" s="137"/>
       <c r="N6" s="137"/>
       <c r="O6" s="137"/>
       <c r="P6" s="137"/>
       <c r="Q6" s="137"/>
       <c r="R6" s="137"/>
@@ -10091,51 +10117,51 @@
       </c>
     </row>
     <row r="18" spans="1:2" ht="175.5" customHeight="1">
       <c r="A18" s="147" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="150" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="15.75" customHeight="1">
       <c r="A19" s="147"/>
       <c r="B19" s="150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="15.75" customHeight="1">
       <c r="A20" s="149"/>
       <c r="B20" s="150" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="15.75" customHeight="1">
       <c r="A21" s="149"/>
       <c r="B21" s="248" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="15.75" customHeight="1">
       <c r="A22" s="149"/>
       <c r="B22" s="248"/>
     </row>
     <row r="23" spans="1:2" ht="24" customHeight="1">
       <c r="A23" s="149"/>
       <c r="B23" s="248"/>
     </row>
     <row r="24" spans="1:2" ht="15.75" customHeight="1">
       <c r="A24" s="149"/>
       <c r="B24" s="150"/>
     </row>
     <row r="25" spans="1:2" ht="15.75" customHeight="1">
       <c r="A25" s="149"/>
       <c r="B25" s="151" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="15.75" customHeight="1">
       <c r="A26" s="149"/>
       <c r="B26" s="150" t="s">
         <v>1051</v>
       </c>
@@ -22361,51 +22387,51 @@
     <row r="4" spans="1:10" ht="15" customHeight="1">
       <c r="A4" s="270"/>
       <c r="B4" s="270"/>
       <c r="C4" s="270"/>
       <c r="D4" s="270"/>
       <c r="E4" s="270"/>
       <c r="F4" s="270"/>
       <c r="G4" s="270"/>
       <c r="H4" s="270"/>
       <c r="I4" s="270"/>
       <c r="J4" s="270"/>
     </row>
     <row r="5" spans="1:10" ht="25.15" customHeight="1">
       <c r="A5" s="270"/>
       <c r="B5" s="270"/>
       <c r="C5" s="270"/>
       <c r="D5" s="270"/>
       <c r="E5" s="270"/>
       <c r="F5" s="270"/>
       <c r="G5" s="270"/>
       <c r="H5" s="270"/>
       <c r="I5" s="270"/>
       <c r="J5" s="270"/>
     </row>
     <row r="6" spans="1:10" ht="14.25">
-      <c r="A6" s="294" t="s">
+      <c r="A6" s="298" t="s">
         <v>780</v>
       </c>
       <c r="B6" s="270"/>
       <c r="C6" s="270"/>
       <c r="D6" s="270"/>
       <c r="E6" s="270"/>
       <c r="F6" s="270"/>
       <c r="G6" s="270"/>
       <c r="H6" s="270"/>
       <c r="I6" s="270"/>
       <c r="J6" s="270"/>
     </row>
     <row r="7" spans="1:10" ht="14.25">
       <c r="A7" s="107"/>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
     </row>
     <row r="8" spans="1:10" ht="14.25">
@@ -22433,160 +22459,160 @@
     <row r="10" spans="1:10">
       <c r="A10" s="25"/>
       <c r="B10" s="25"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
     </row>
     <row r="11" spans="1:10" ht="16.5" customHeight="1">
       <c r="A11" s="9" t="s">
         <v>781</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
     </row>
     <row r="12" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A12" s="295" t="s">
+      <c r="A12" s="299" t="s">
         <v>0</v>
       </c>
-      <c r="B12" s="296"/>
-      <c r="C12" s="297" t="s">
+      <c r="B12" s="300"/>
+      <c r="C12" s="301" t="s">
         <v>782</v>
       </c>
-      <c r="D12" s="293"/>
+      <c r="D12" s="297"/>
     </row>
     <row r="13" spans="1:10" ht="14.25">
       <c r="A13" s="3"/>
       <c r="B13" s="3"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
     </row>
     <row r="14" spans="1:10" ht="15" customHeight="1">
-      <c r="A14" s="290" t="s">
+      <c r="A14" s="295" t="s">
         <v>1</v>
       </c>
-      <c r="B14" s="291"/>
-      <c r="C14" s="292" t="s">
+      <c r="B14" s="292"/>
+      <c r="C14" s="296" t="s">
         <v>1194</v>
       </c>
-      <c r="D14" s="293"/>
+      <c r="D14" s="297"/>
     </row>
     <row r="15" spans="1:10" ht="14.25">
-      <c r="A15" s="298"/>
-      <c r="B15" s="291"/>
+      <c r="A15" s="291"/>
+      <c r="B15" s="292"/>
       <c r="C15" s="270"/>
       <c r="D15" s="270"/>
     </row>
     <row r="16" spans="1:10" ht="14.25">
-      <c r="A16" s="298"/>
-      <c r="B16" s="291"/>
+      <c r="A16" s="291"/>
+      <c r="B16" s="292"/>
       <c r="C16" s="270"/>
       <c r="D16" s="270"/>
     </row>
     <row r="17" spans="1:4" ht="15" customHeight="1">
-      <c r="A17" s="298"/>
-      <c r="B17" s="291"/>
+      <c r="A17" s="291"/>
+      <c r="B17" s="292"/>
       <c r="C17" s="270"/>
       <c r="D17" s="270"/>
     </row>
     <row r="18" spans="1:4" ht="14.25">
-      <c r="A18" s="298"/>
-      <c r="B18" s="291"/>
+      <c r="A18" s="291"/>
+      <c r="B18" s="292"/>
       <c r="C18" s="270"/>
       <c r="D18" s="270"/>
     </row>
     <row r="19" spans="1:4" ht="14.25">
-      <c r="A19" s="298"/>
-      <c r="B19" s="291"/>
+      <c r="A19" s="291"/>
+      <c r="B19" s="292"/>
       <c r="C19" s="270"/>
       <c r="D19" s="270"/>
     </row>
     <row r="20" spans="1:4" ht="14.25">
-      <c r="A20" s="298"/>
-      <c r="B20" s="291"/>
+      <c r="A20" s="291"/>
+      <c r="B20" s="292"/>
       <c r="C20" s="270"/>
       <c r="D20" s="270"/>
     </row>
     <row r="21" spans="1:4" ht="19.5" customHeight="1">
-      <c r="A21" s="298"/>
-      <c r="B21" s="291"/>
+      <c r="A21" s="291"/>
+      <c r="B21" s="292"/>
       <c r="C21" s="270"/>
       <c r="D21" s="270"/>
     </row>
     <row r="22" spans="1:4" ht="30" customHeight="1">
-      <c r="A22" s="298"/>
-      <c r="B22" s="291"/>
+      <c r="A22" s="291"/>
+      <c r="B22" s="292"/>
       <c r="C22" s="270"/>
       <c r="D22" s="270"/>
     </row>
     <row r="23" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A23" s="298"/>
-      <c r="B23" s="291"/>
+      <c r="A23" s="291"/>
+      <c r="B23" s="292"/>
       <c r="C23" s="270"/>
       <c r="D23" s="270"/>
     </row>
     <row r="24" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A24" s="298"/>
-      <c r="B24" s="291"/>
+      <c r="A24" s="291"/>
+      <c r="B24" s="292"/>
       <c r="C24" s="270"/>
       <c r="D24" s="270"/>
     </row>
     <row r="25" spans="1:4" ht="15.75" customHeight="1">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
     </row>
     <row r="26" spans="1:4" ht="40.5" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="3"/>
-      <c r="C26" s="300" t="s">
+      <c r="C26" s="293" t="s">
         <v>783</v>
       </c>
-      <c r="D26" s="301"/>
+      <c r="D26" s="294"/>
     </row>
     <row r="27" spans="1:4" ht="27" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="3"/>
-      <c r="C27" s="300" t="s">
+      <c r="C27" s="293" t="s">
         <v>784</v>
       </c>
-      <c r="D27" s="301"/>
+      <c r="D27" s="294"/>
     </row>
     <row r="28" spans="1:4" ht="15.75" customHeight="1">
       <c r="A28" s="107"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
     </row>
     <row r="29" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="30" spans="1:4" ht="15.75" customHeight="1">
       <c r="A30" s="9" t="s">
         <v>324</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>326</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>327</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>86</v>
@@ -22927,88 +22953,88 @@
       </c>
       <c r="D58" s="5"/>
     </row>
     <row r="59" spans="1:4" ht="15.75" customHeight="1">
       <c r="A59" s="62" t="s">
         <v>824</v>
       </c>
       <c r="D59" s="5"/>
     </row>
     <row r="60" spans="1:4" ht="15.75" customHeight="1">
       <c r="B60" s="44" t="s">
         <v>456</v>
       </c>
       <c r="D60" s="5"/>
     </row>
     <row r="61" spans="1:4" ht="14.25" customHeight="1">
       <c r="A61" s="62" t="s">
         <v>825</v>
       </c>
       <c r="B61" s="109"/>
       <c r="C61" s="109"/>
       <c r="D61" s="109"/>
     </row>
     <row r="62" spans="1:4" ht="15.75" customHeight="1">
       <c r="A62" s="109"/>
-      <c r="B62" s="299" t="s">
+      <c r="B62" s="290" t="s">
         <v>826</v>
       </c>
       <c r="C62" s="270"/>
       <c r="D62" s="109"/>
     </row>
     <row r="63" spans="1:4" ht="15.75" customHeight="1">
       <c r="A63" s="5"/>
       <c r="B63" s="270"/>
       <c r="C63" s="270"/>
       <c r="D63" s="5"/>
     </row>
     <row r="64" spans="1:4" ht="15.75" customHeight="1">
       <c r="B64" s="270"/>
       <c r="C64" s="270"/>
     </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="B62:C64"/>
-[...3 lines deleted...]
-    <mergeCell ref="C27:D27"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D24"/>
     <mergeCell ref="A2:J5"/>
     <mergeCell ref="A6:J6"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
+    <mergeCell ref="B62:C64"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C27:D27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B58" r:id="rId1" xr:uid="{00000000-0004-0000-1300-000000000000}"/>
     <hyperlink ref="B60" r:id="rId2" xr:uid="{00000000-0004-0000-1300-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="A1:J90"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:J5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" customWidth="1"/>
     <col min="2" max="2" width="21.125" customWidth="1"/>
@@ -23052,51 +23078,51 @@
     <row r="4" spans="1:10" ht="15" customHeight="1">
       <c r="A4" s="270"/>
       <c r="B4" s="270"/>
       <c r="C4" s="270"/>
       <c r="D4" s="270"/>
       <c r="E4" s="270"/>
       <c r="F4" s="270"/>
       <c r="G4" s="270"/>
       <c r="H4" s="270"/>
       <c r="I4" s="270"/>
       <c r="J4" s="270"/>
     </row>
     <row r="5" spans="1:10" ht="17.45" customHeight="1">
       <c r="A5" s="270"/>
       <c r="B5" s="270"/>
       <c r="C5" s="270"/>
       <c r="D5" s="270"/>
       <c r="E5" s="270"/>
       <c r="F5" s="270"/>
       <c r="G5" s="270"/>
       <c r="H5" s="270"/>
       <c r="I5" s="270"/>
       <c r="J5" s="270"/>
     </row>
     <row r="6" spans="1:10" ht="14.25">
-      <c r="A6" s="294" t="s">
+      <c r="A6" s="298" t="s">
         <v>1198</v>
       </c>
       <c r="B6" s="270"/>
       <c r="C6" s="270"/>
       <c r="D6" s="270"/>
       <c r="E6" s="270"/>
       <c r="F6" s="270"/>
       <c r="G6" s="270"/>
       <c r="H6" s="270"/>
       <c r="I6" s="270"/>
       <c r="J6" s="270"/>
     </row>
     <row r="7" spans="1:10" ht="14.25">
       <c r="A7" s="107"/>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
     </row>
     <row r="8" spans="1:10" ht="14.25">
@@ -23124,166 +23150,166 @@
     <row r="10" spans="1:10">
       <c r="A10" s="25"/>
       <c r="B10" s="25"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
     </row>
     <row r="11" spans="1:10" ht="16.5" customHeight="1">
       <c r="A11" s="9" t="s">
         <v>781</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
     </row>
     <row r="12" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A12" s="295" t="s">
+      <c r="A12" s="299" t="s">
         <v>0</v>
       </c>
-      <c r="B12" s="296"/>
-      <c r="C12" s="297" t="s">
+      <c r="B12" s="300"/>
+      <c r="C12" s="301" t="s">
         <v>782</v>
       </c>
-      <c r="D12" s="293"/>
+      <c r="D12" s="297"/>
     </row>
     <row r="13" spans="1:10" ht="14.25">
       <c r="A13" s="3"/>
       <c r="B13" s="3"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
     </row>
     <row r="14" spans="1:10" ht="15" customHeight="1">
-      <c r="A14" s="290" t="s">
+      <c r="A14" s="295" t="s">
         <v>1</v>
       </c>
-      <c r="B14" s="291"/>
-      <c r="C14" s="292" t="s">
+      <c r="B14" s="292"/>
+      <c r="C14" s="296" t="s">
         <v>1199</v>
       </c>
-      <c r="D14" s="293"/>
+      <c r="D14" s="297"/>
       <c r="E14" s="84"/>
       <c r="F14" s="85"/>
       <c r="G14" s="85"/>
       <c r="H14" s="85"/>
       <c r="I14" s="84"/>
       <c r="J14" s="85"/>
     </row>
     <row r="15" spans="1:10" ht="14.25">
-      <c r="A15" s="298"/>
-      <c r="B15" s="291"/>
+      <c r="A15" s="291"/>
+      <c r="B15" s="292"/>
       <c r="C15" s="270"/>
       <c r="D15" s="270"/>
     </row>
     <row r="16" spans="1:10" ht="14.25">
-      <c r="A16" s="298"/>
-      <c r="B16" s="291"/>
+      <c r="A16" s="291"/>
+      <c r="B16" s="292"/>
       <c r="C16" s="270"/>
       <c r="D16" s="270"/>
     </row>
     <row r="17" spans="1:4" ht="15" customHeight="1">
-      <c r="A17" s="298"/>
-      <c r="B17" s="291"/>
+      <c r="A17" s="291"/>
+      <c r="B17" s="292"/>
       <c r="C17" s="270"/>
       <c r="D17" s="270"/>
     </row>
     <row r="18" spans="1:4" ht="14.25">
-      <c r="A18" s="298"/>
-      <c r="B18" s="291"/>
+      <c r="A18" s="291"/>
+      <c r="B18" s="292"/>
       <c r="C18" s="270"/>
       <c r="D18" s="270"/>
     </row>
     <row r="19" spans="1:4" ht="14.25">
-      <c r="A19" s="298"/>
-      <c r="B19" s="291"/>
+      <c r="A19" s="291"/>
+      <c r="B19" s="292"/>
       <c r="C19" s="270"/>
       <c r="D19" s="270"/>
     </row>
     <row r="20" spans="1:4" ht="14.25">
-      <c r="A20" s="298"/>
-      <c r="B20" s="291"/>
+      <c r="A20" s="291"/>
+      <c r="B20" s="292"/>
       <c r="C20" s="270"/>
       <c r="D20" s="270"/>
     </row>
     <row r="21" spans="1:4" ht="19.5" customHeight="1">
-      <c r="A21" s="298"/>
-      <c r="B21" s="291"/>
+      <c r="A21" s="291"/>
+      <c r="B21" s="292"/>
       <c r="C21" s="270"/>
       <c r="D21" s="270"/>
     </row>
     <row r="22" spans="1:4" ht="30" customHeight="1">
-      <c r="A22" s="298"/>
-      <c r="B22" s="291"/>
+      <c r="A22" s="291"/>
+      <c r="B22" s="292"/>
       <c r="C22" s="270"/>
       <c r="D22" s="270"/>
     </row>
     <row r="23" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A23" s="298"/>
-      <c r="B23" s="291"/>
+      <c r="A23" s="291"/>
+      <c r="B23" s="292"/>
       <c r="C23" s="270"/>
       <c r="D23" s="270"/>
     </row>
     <row r="24" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A24" s="298"/>
-      <c r="B24" s="291"/>
+      <c r="A24" s="291"/>
+      <c r="B24" s="292"/>
       <c r="C24" s="270"/>
       <c r="D24" s="270"/>
     </row>
     <row r="25" spans="1:4" ht="15.75" customHeight="1">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
     </row>
     <row r="26" spans="1:4" ht="40.5" customHeight="1">
       <c r="A26" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="3"/>
-      <c r="C26" s="300" t="s">
+      <c r="C26" s="293" t="s">
         <v>783</v>
       </c>
-      <c r="D26" s="301"/>
+      <c r="D26" s="294"/>
     </row>
     <row r="27" spans="1:4" ht="27" customHeight="1">
       <c r="A27" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="3"/>
-      <c r="C27" s="300" t="s">
+      <c r="C27" s="293" t="s">
         <v>784</v>
       </c>
-      <c r="D27" s="301"/>
+      <c r="D27" s="294"/>
     </row>
     <row r="28" spans="1:4" ht="15.75" customHeight="1">
       <c r="A28" s="107"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
     </row>
     <row r="29" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="30" spans="1:4" ht="15.75" customHeight="1">
       <c r="A30" s="9" t="s">
         <v>324</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15.75" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>326</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>327</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>86</v>
@@ -23954,86 +23980,86 @@
     </row>
     <row r="84" spans="1:3" ht="15.75" customHeight="1">
       <c r="B84" s="44" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="85" spans="1:3" ht="15.75" customHeight="1">
       <c r="A85" s="62" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="86" spans="1:3" ht="15.75" customHeight="1">
       <c r="B86" s="44" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="87" spans="1:3" ht="14.25" customHeight="1">
       <c r="A87" s="62" t="s">
         <v>876</v>
       </c>
       <c r="B87" s="109"/>
       <c r="C87" s="109"/>
     </row>
     <row r="88" spans="1:3" ht="15.75" customHeight="1">
       <c r="A88" s="109"/>
-      <c r="B88" s="299" t="s">
+      <c r="B88" s="290" t="s">
         <v>826</v>
       </c>
       <c r="C88" s="270"/>
     </row>
     <row r="89" spans="1:3" ht="15.75" customHeight="1">
       <c r="A89" s="5"/>
       <c r="B89" s="270"/>
       <c r="C89" s="270"/>
     </row>
     <row r="90" spans="1:3" ht="15.75" customHeight="1">
       <c r="B90" s="270"/>
       <c r="C90" s="270"/>
     </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="B88:C90"/>
-[...3 lines deleted...]
-    <mergeCell ref="C27:D27"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:D24"/>
     <mergeCell ref="A2:J5"/>
     <mergeCell ref="A6:J6"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
+    <mergeCell ref="B88:C90"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C27:D27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B82" r:id="rId1" xr:uid="{00000000-0004-0000-1400-000000000000}"/>
     <hyperlink ref="B84" r:id="rId2" xr:uid="{00000000-0004-0000-1400-000001000000}"/>
     <hyperlink ref="B86" r:id="rId3" xr:uid="{00000000-0004-0000-1400-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" customWidth="1"/>
@@ -27760,497 +27786,507 @@
       <c r="F28" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A5:D7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A16:F24"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5:D7" r:id="rId1" display="Chrome River has a new mechanism for consuming travel data from external systems. Double-click the icon below to open the Travel Data Feed Integration JSON specs. " xr:uid="{5BF45D7C-07F4-44F7-8385-E4B0074CF08A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD733655-E649-491B-A383-2698E85C1794}">
   <sheetPr>
     <tabColor rgb="FF0097DC"/>
   </sheetPr>
-  <dimension ref="A1:Z1006"/>
+  <dimension ref="A1:Z1008"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G20" sqref="G20"/>
+      <selection activeCell="A3" sqref="A3:D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" style="121" customWidth="1"/>
     <col min="2" max="2" width="21.125" style="121" customWidth="1"/>
     <col min="3" max="3" width="38.125" style="121" customWidth="1"/>
     <col min="4" max="4" width="29.5" style="121" customWidth="1"/>
     <col min="5" max="5" width="11.625" style="121" customWidth="1"/>
     <col min="6" max="10" width="8.125" style="121" customWidth="1"/>
     <col min="11" max="26" width="7.625" style="121" customWidth="1"/>
     <col min="27" max="16384" width="12.625" style="121"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="23.25">
       <c r="A1" s="136" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="2" spans="1:26" ht="15" customHeight="1">
       <c r="A2" s="250" t="s">
         <v>1074</v>
       </c>
       <c r="B2" s="247"/>
       <c r="C2" s="247"/>
       <c r="D2" s="247"/>
       <c r="E2" s="247"/>
       <c r="F2" s="247"/>
       <c r="G2" s="247"/>
       <c r="H2" s="247"/>
       <c r="I2" s="247"/>
       <c r="J2" s="247"/>
     </row>
     <row r="3" spans="1:26" s="242" customFormat="1" ht="15" customHeight="1">
       <c r="A3" s="252" t="s">
-        <v>1075</v>
+        <v>1238</v>
       </c>
       <c r="B3" s="252"/>
       <c r="C3" s="252"/>
       <c r="D3" s="252"/>
     </row>
     <row r="4" spans="1:26" ht="15" customHeight="1">
       <c r="A4" s="252"/>
       <c r="B4" s="252"/>
       <c r="C4" s="252"/>
       <c r="D4" s="252"/>
     </row>
     <row r="5" spans="1:26" ht="15" customHeight="1">
       <c r="A5" s="252"/>
       <c r="B5" s="252"/>
       <c r="C5" s="252"/>
       <c r="D5" s="252"/>
     </row>
     <row r="6" spans="1:26" ht="15" customHeight="1">
-      <c r="A6" s="251" t="s">
-[...4 lines deleted...]
-      <c r="D6" s="247"/>
+      <c r="A6" s="252"/>
+      <c r="B6" s="252"/>
+      <c r="C6" s="252"/>
+      <c r="D6" s="252"/>
     </row>
     <row r="7" spans="1:26" ht="15" customHeight="1">
-      <c r="A7" s="183"/>
-[...2 lines deleted...]
-      <c r="A8" s="181" t="s">
+      <c r="A7" s="252"/>
+      <c r="B7" s="252"/>
+      <c r="C7" s="252"/>
+      <c r="D7" s="252"/>
+    </row>
+    <row r="8" spans="1:26" ht="15" customHeight="1">
+      <c r="A8" s="251" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B8" s="247"/>
+      <c r="C8" s="247"/>
+      <c r="D8" s="247"/>
+    </row>
+    <row r="9" spans="1:26" ht="15" customHeight="1">
+      <c r="A9" s="183"/>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="181" t="s">
         <v>1076</v>
       </c>
-      <c r="E8" s="182"/>
-[...53 lines deleted...]
-      <c r="D10" s="251"/>
+      <c r="E10" s="182"/>
       <c r="F10" s="182"/>
       <c r="G10" s="182"/>
       <c r="H10" s="182"/>
       <c r="I10" s="182"/>
       <c r="J10" s="182"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D11" s="251"/>
+      <c r="K10" s="137"/>
+      <c r="L10" s="137"/>
+      <c r="M10" s="137"/>
+      <c r="N10" s="137"/>
+      <c r="O10" s="137"/>
+      <c r="P10" s="137"/>
+      <c r="Q10" s="137"/>
+      <c r="R10" s="137"/>
+      <c r="S10" s="137"/>
+      <c r="T10" s="137"/>
+      <c r="U10" s="137"/>
+      <c r="V10" s="137"/>
+      <c r="W10" s="137"/>
+      <c r="X10" s="137"/>
+      <c r="Y10" s="137"/>
+      <c r="Z10" s="137"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="181"/>
+      <c r="E11" s="182"/>
       <c r="F11" s="182"/>
       <c r="G11" s="182"/>
       <c r="H11" s="182"/>
       <c r="I11" s="182"/>
       <c r="J11" s="182"/>
+      <c r="K11" s="137"/>
+      <c r="L11" s="137"/>
+      <c r="M11" s="137"/>
+      <c r="N11" s="137"/>
+      <c r="O11" s="137"/>
+      <c r="P11" s="137"/>
+      <c r="Q11" s="137"/>
+      <c r="R11" s="137"/>
+      <c r="S11" s="137"/>
+      <c r="T11" s="137"/>
+      <c r="U11" s="137"/>
+      <c r="V11" s="137"/>
+      <c r="W11" s="137"/>
+      <c r="X11" s="137"/>
+      <c r="Y11" s="137"/>
+      <c r="Z11" s="137"/>
     </row>
     <row r="12" spans="1:26" ht="15" customHeight="1">
-      <c r="A12" s="251"/>
+      <c r="A12" s="251" t="s">
+        <v>1228</v>
+      </c>
       <c r="B12" s="251"/>
       <c r="C12" s="251"/>
       <c r="D12" s="251"/>
       <c r="F12" s="182"/>
       <c r="G12" s="182"/>
       <c r="H12" s="182"/>
       <c r="I12" s="182"/>
       <c r="J12" s="182"/>
     </row>
     <row r="13" spans="1:26" ht="15" customHeight="1">
-      <c r="A13" s="251" t="s">
-[...10 lines deleted...]
-      <c r="J13" s="247"/>
+      <c r="A13" s="251"/>
+      <c r="B13" s="251"/>
+      <c r="C13" s="251"/>
+      <c r="D13" s="251"/>
+      <c r="F13" s="182"/>
+      <c r="G13" s="182"/>
+      <c r="H13" s="182"/>
+      <c r="I13" s="182"/>
+      <c r="J13" s="182"/>
     </row>
     <row r="14" spans="1:26" ht="15" customHeight="1">
-      <c r="A14" s="247"/>
-[...8 lines deleted...]
-      <c r="J14" s="247"/>
+      <c r="A14" s="251"/>
+      <c r="B14" s="251"/>
+      <c r="C14" s="251"/>
+      <c r="D14" s="251"/>
+      <c r="F14" s="182"/>
+      <c r="G14" s="182"/>
+      <c r="H14" s="182"/>
+      <c r="I14" s="182"/>
+      <c r="J14" s="182"/>
     </row>
     <row r="15" spans="1:26" ht="15" customHeight="1">
       <c r="A15" s="251" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B15" s="247"/>
+      <c r="C15" s="247"/>
+      <c r="D15" s="247"/>
+      <c r="E15" s="247"/>
+      <c r="F15" s="247"/>
+      <c r="G15" s="247"/>
+      <c r="H15" s="247"/>
+      <c r="I15" s="247"/>
+      <c r="J15" s="247"/>
+    </row>
+    <row r="16" spans="1:26" ht="15" customHeight="1">
+      <c r="A16" s="247"/>
+      <c r="B16" s="247"/>
+      <c r="C16" s="247"/>
+      <c r="D16" s="247"/>
+      <c r="E16" s="247"/>
+      <c r="F16" s="247"/>
+      <c r="G16" s="247"/>
+      <c r="H16" s="247"/>
+      <c r="I16" s="247"/>
+      <c r="J16" s="247"/>
+    </row>
+    <row r="17" spans="1:26" ht="15" customHeight="1">
+      <c r="A17" s="251" t="s">
         <v>323</v>
       </c>
-      <c r="B15" s="247"/>
-[...23 lines deleted...]
-      <c r="B17" s="183"/>
+      <c r="B17" s="247"/>
       <c r="C17" s="183"/>
       <c r="D17" s="183"/>
       <c r="E17" s="183"/>
       <c r="F17" s="183"/>
       <c r="G17" s="183"/>
       <c r="H17" s="183"/>
       <c r="I17" s="183"/>
       <c r="J17" s="183"/>
     </row>
-    <row r="18" spans="1:26" ht="15.75" thickBot="1">
-      <c r="A18" s="185" t="s">
+    <row r="18" spans="1:26" ht="15" customHeight="1">
+      <c r="A18" s="183"/>
+      <c r="B18" s="184"/>
+      <c r="C18" s="183"/>
+      <c r="D18" s="183"/>
+      <c r="E18" s="183"/>
+      <c r="F18" s="183"/>
+      <c r="G18" s="183"/>
+      <c r="H18" s="183"/>
+      <c r="I18" s="183"/>
+      <c r="J18" s="183"/>
+    </row>
+    <row r="19" spans="1:26" ht="14.25">
+      <c r="A19" s="183"/>
+      <c r="B19" s="183"/>
+      <c r="C19" s="183"/>
+      <c r="D19" s="183"/>
+      <c r="E19" s="183"/>
+      <c r="F19" s="183"/>
+      <c r="G19" s="183"/>
+      <c r="H19" s="183"/>
+      <c r="I19" s="183"/>
+      <c r="J19" s="183"/>
+    </row>
+    <row r="20" spans="1:26" ht="15.75" thickBot="1">
+      <c r="A20" s="185" t="s">
         <v>324</v>
       </c>
-      <c r="D18" s="186" t="s">
+      <c r="D20" s="186" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="19" spans="1:26" ht="19.5" customHeight="1" thickBot="1">
-      <c r="A19" s="187" t="s">
+    <row r="21" spans="1:26" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A21" s="187" t="s">
         <v>326</v>
       </c>
-      <c r="B19" s="188" t="s">
+      <c r="B21" s="188" t="s">
         <v>327</v>
       </c>
-      <c r="C19" s="188" t="s">
+      <c r="C21" s="188" t="s">
         <v>86</v>
       </c>
-      <c r="D19" s="188" t="s">
+      <c r="D21" s="188" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:26" ht="36.75" customHeight="1" thickBot="1">
-      <c r="A20" s="189">
+    <row r="22" spans="1:26" ht="36.75" customHeight="1" thickBot="1">
+      <c r="A22" s="189">
         <v>1</v>
       </c>
-      <c r="B20" s="190" t="s">
+      <c r="B22" s="190" t="s">
         <v>1078</v>
       </c>
-      <c r="C20" s="191" t="s">
+      <c r="C22" s="191" t="s">
         <v>328</v>
       </c>
-      <c r="D20" s="192" t="s">
+      <c r="D22" s="192" t="s">
         <v>329</v>
       </c>
-      <c r="E20" s="193"/>
-[...2 lines deleted...]
-      <c r="A21" s="194">
+      <c r="E22" s="193"/>
+    </row>
+    <row r="23" spans="1:26" ht="39" thickBot="1">
+      <c r="A23" s="194">
         <v>2</v>
       </c>
-      <c r="B21" s="195" t="s">
+      <c r="B23" s="195" t="s">
         <v>1079</v>
       </c>
-      <c r="C21" s="191" t="s">
+      <c r="C23" s="191" t="s">
         <v>331</v>
       </c>
-      <c r="D21" s="192" t="s">
+      <c r="D23" s="192" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="22" spans="1:26" ht="39" thickBot="1">
-      <c r="A22" s="194">
+    <row r="24" spans="1:26" ht="39" thickBot="1">
+      <c r="A24" s="194">
         <v>3</v>
       </c>
-      <c r="B22" s="190" t="s">
+      <c r="B24" s="190" t="s">
         <v>1080</v>
       </c>
-      <c r="C22" s="191" t="s">
+      <c r="C24" s="191" t="s">
         <v>333</v>
       </c>
-      <c r="D22" s="192" t="s">
+      <c r="D24" s="192" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="23" spans="1:26" ht="81.75" customHeight="1" thickBot="1">
-      <c r="A23" s="194">
+    <row r="25" spans="1:26" ht="81.75" customHeight="1" thickBot="1">
+      <c r="A25" s="194">
         <v>4</v>
       </c>
-      <c r="B23" s="190" t="s">
+      <c r="B25" s="190" t="s">
         <v>1081</v>
       </c>
-      <c r="C23" s="191" t="s">
+      <c r="C25" s="191" t="s">
         <v>1082</v>
       </c>
-      <c r="D23" s="192" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="194">
+      <c r="D25" s="192" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" ht="26.25" thickBot="1">
+      <c r="A26" s="194">
         <v>5</v>
       </c>
-      <c r="B24" s="196" t="s">
+      <c r="B26" s="196" t="s">
         <v>1083</v>
       </c>
-      <c r="C24" s="191" t="s">
+      <c r="C26" s="191" t="s">
         <v>1084</v>
       </c>
-      <c r="D24" s="192"/>
-[...2 lines deleted...]
-      <c r="A25" s="194">
+      <c r="D26" s="192"/>
+    </row>
+    <row r="27" spans="1:26" ht="39" thickBot="1">
+      <c r="A27" s="194">
         <v>6</v>
       </c>
-      <c r="B25" s="196" t="s">
+      <c r="B27" s="196" t="s">
         <v>1085</v>
       </c>
-      <c r="C25" s="146" t="s">
+      <c r="C27" s="146" t="s">
         <v>335</v>
       </c>
-      <c r="D25" s="146" t="s">
+      <c r="D27" s="146" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="26" spans="1:26" ht="39" thickBot="1">
-      <c r="A26" s="194">
+    <row r="28" spans="1:26" ht="39" thickBot="1">
+      <c r="A28" s="194">
         <v>7</v>
       </c>
-      <c r="B26" s="196" t="s">
+      <c r="B28" s="196" t="s">
         <v>1086</v>
       </c>
-      <c r="C26" s="146" t="s">
+      <c r="C28" s="146" t="s">
         <v>335</v>
       </c>
-      <c r="D26" s="146" t="s">
+      <c r="D28" s="146" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="27" spans="1:26" ht="36.75" customHeight="1" thickBot="1">
-      <c r="A27" s="194">
+    <row r="29" spans="1:26" ht="36.75" customHeight="1" thickBot="1">
+      <c r="A29" s="194">
         <v>8</v>
       </c>
-      <c r="B27" s="196" t="s">
+      <c r="B29" s="196" t="s">
         <v>1087</v>
-      </c>
-[...22 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="C29" s="146" t="s">
         <v>339</v>
       </c>
       <c r="D29" s="146"/>
-      <c r="E29" s="137"/>
-[...22 lines deleted...]
-    <row r="30" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+    </row>
+    <row r="30" spans="1:26" ht="33.75" customHeight="1" thickBot="1">
       <c r="A30" s="194">
+        <v>9</v>
+      </c>
+      <c r="B30" s="196" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C30" s="146" t="s">
+        <v>339</v>
+      </c>
+      <c r="D30" s="146"/>
+    </row>
+    <row r="31" spans="1:26" ht="33.75" customHeight="1" thickBot="1">
+      <c r="A31" s="194">
+        <v>10</v>
+      </c>
+      <c r="B31" s="196" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C31" s="146" t="s">
+        <v>339</v>
+      </c>
+      <c r="D31" s="146"/>
+      <c r="E31" s="137"/>
+      <c r="F31" s="137"/>
+      <c r="G31" s="137"/>
+      <c r="H31" s="137"/>
+      <c r="I31" s="137"/>
+      <c r="J31" s="137"/>
+      <c r="K31" s="137"/>
+      <c r="L31" s="137"/>
+      <c r="M31" s="137"/>
+      <c r="N31" s="137"/>
+      <c r="O31" s="137"/>
+      <c r="P31" s="137"/>
+      <c r="Q31" s="137"/>
+      <c r="R31" s="137"/>
+      <c r="S31" s="137"/>
+      <c r="T31" s="137"/>
+      <c r="U31" s="137"/>
+      <c r="V31" s="137"/>
+      <c r="W31" s="137"/>
+      <c r="X31" s="137"/>
+      <c r="Y31" s="137"/>
+      <c r="Z31" s="137"/>
+    </row>
+    <row r="32" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A32" s="194">
         <v>11</v>
       </c>
-      <c r="B30" s="196" t="s">
+      <c r="B32" s="196" t="s">
         <v>1090</v>
       </c>
-      <c r="C30" s="146" t="s">
+      <c r="C32" s="146" t="s">
         <v>342</v>
       </c>
-      <c r="D30" s="146" t="s">
+      <c r="D32" s="146" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="31" spans="1:26" ht="15.75" customHeight="1"/>
-[...8 lines deleted...]
-    </row>
+    <row r="33" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="34" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A34" s="247"/>
-[...4 lines deleted...]
-    <row r="35" spans="1:4" ht="15.75" customHeight="1"/>
+      <c r="A34" s="197"/>
+    </row>
+    <row r="35" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A35" s="249"/>
+      <c r="B35" s="247"/>
+      <c r="C35" s="247"/>
+      <c r="D35" s="247"/>
+    </row>
     <row r="36" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A36" s="249"/>
+      <c r="A36" s="247"/>
       <c r="B36" s="247"/>
       <c r="C36" s="247"/>
       <c r="D36" s="247"/>
     </row>
-    <row r="37" spans="1:4" ht="15.75" customHeight="1">
-[...4 lines deleted...]
-    </row>
+    <row r="37" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="38" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A38" s="247"/>
+      <c r="A38" s="249"/>
       <c r="B38" s="247"/>
       <c r="C38" s="247"/>
       <c r="D38" s="247"/>
     </row>
-    <row r="39" spans="1:4" ht="15.75" customHeight="1"/>
-    <row r="40" spans="1:4" ht="15.75" customHeight="1"/>
+    <row r="39" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A39" s="247"/>
+      <c r="B39" s="247"/>
+      <c r="C39" s="247"/>
+      <c r="D39" s="247"/>
+    </row>
+    <row r="40" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A40" s="247"/>
+      <c r="B40" s="247"/>
+      <c r="C40" s="247"/>
+      <c r="D40" s="247"/>
+    </row>
     <row r="41" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="42" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="43" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="44" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="45" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="46" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="47" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="48" spans="1:4" ht="15.75" customHeight="1"/>
     <row r="49" ht="15.75" customHeight="1"/>
     <row r="50" ht="15.75" customHeight="1"/>
     <row r="51" ht="15.75" customHeight="1"/>
     <row r="52" ht="15.75" customHeight="1"/>
     <row r="53" ht="15.75" customHeight="1"/>
     <row r="54" ht="15.75" customHeight="1"/>
     <row r="55" ht="15.75" customHeight="1"/>
     <row r="56" ht="15.75" customHeight="1"/>
     <row r="57" ht="15.75" customHeight="1"/>
     <row r="58" ht="15.75" customHeight="1"/>
     <row r="59" ht="15.75" customHeight="1"/>
     <row r="60" ht="15.75" customHeight="1"/>
     <row r="61" ht="15.75" customHeight="1"/>
     <row r="62" ht="15.75" customHeight="1"/>
     <row r="63" ht="15.75" customHeight="1"/>
     <row r="64" ht="15.75" customHeight="1"/>
     <row r="65" ht="15.75" customHeight="1"/>
@@ -29173,60 +29209,62 @@
     <row r="982" ht="15.75" customHeight="1"/>
     <row r="983" ht="15.75" customHeight="1"/>
     <row r="984" ht="15.75" customHeight="1"/>
     <row r="985" ht="15.75" customHeight="1"/>
     <row r="986" ht="15.75" customHeight="1"/>
     <row r="987" ht="15.75" customHeight="1"/>
     <row r="988" ht="15.75" customHeight="1"/>
     <row r="989" ht="15.75" customHeight="1"/>
     <row r="990" ht="15.75" customHeight="1"/>
     <row r="991" ht="15.75" customHeight="1"/>
     <row r="992" ht="15.75" customHeight="1"/>
     <row r="993" ht="15.75" customHeight="1"/>
     <row r="994" ht="15.75" customHeight="1"/>
     <row r="995" ht="15.75" customHeight="1"/>
     <row r="996" ht="15.75" customHeight="1"/>
     <row r="997" ht="15.75" customHeight="1"/>
     <row r="998" ht="15.75" customHeight="1"/>
     <row r="999" ht="15.75" customHeight="1"/>
     <row r="1000" ht="15.75" customHeight="1"/>
     <row r="1001" ht="15.75" customHeight="1"/>
     <row r="1002" ht="15.75" customHeight="1"/>
     <row r="1003" ht="15.75" customHeight="1"/>
     <row r="1004" ht="15.75" customHeight="1"/>
     <row r="1005" ht="15.75" customHeight="1"/>
     <row r="1006" ht="15.75" customHeight="1"/>
+    <row r="1007" ht="15.75" customHeight="1"/>
+    <row r="1008" ht="15.75" customHeight="1"/>
   </sheetData>
   <mergeCells count="8">
-    <mergeCell ref="A36:D38"/>
+    <mergeCell ref="A38:D40"/>
     <mergeCell ref="A2:J2"/>
-    <mergeCell ref="A13:J14"/>
-[...4 lines deleted...]
-    <mergeCell ref="A10:D12"/>
+    <mergeCell ref="A15:J16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A35:D36"/>
+    <mergeCell ref="A8:D8"/>
+    <mergeCell ref="A12:D14"/>
+    <mergeCell ref="A3:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0097DC"/>
   </sheetPr>
   <dimension ref="A1:J32"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" customWidth="1"/>
     <col min="2" max="2" width="21.125" customWidth="1"/>
     <col min="3" max="3" width="38.125" customWidth="1"/>
     <col min="4" max="4" width="29.5" customWidth="1"/>
     <col min="5" max="5" width="11.625" customWidth="1"/>
     <col min="6" max="10" width="8.125" customWidth="1"/>
@@ -29845,1031 +29883,1031 @@
     <row r="18" spans="1:11">
       <c r="A18" s="9" t="s">
         <v>324</v>
       </c>
       <c r="D18" s="22"/>
       <c r="E18" s="10" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="26.25" customHeight="1">
       <c r="A19" s="11" t="s">
         <v>326</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>327</v>
       </c>
       <c r="C19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>351</v>
       </c>
       <c r="E19" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="F19" s="322" t="s">
+      <c r="F19" s="315" t="s">
         <v>352</v>
       </c>
-      <c r="G19" s="301"/>
-[...3 lines deleted...]
-      <c r="K19" s="323"/>
+      <c r="G19" s="294"/>
+      <c r="H19" s="294"/>
+      <c r="I19" s="294"/>
+      <c r="J19" s="294"/>
+      <c r="K19" s="316"/>
     </row>
     <row r="20" spans="1:11" ht="38.25">
       <c r="A20" s="13">
         <v>1</v>
       </c>
       <c r="B20" s="28" t="s">
         <v>199</v>
       </c>
       <c r="C20" s="29" t="s">
         <v>353</v>
       </c>
       <c r="D20" s="30" t="s">
         <v>354</v>
       </c>
       <c r="E20" s="31" t="s">
         <v>355</v>
       </c>
-      <c r="F20" s="321" t="s">
+      <c r="F20" s="317" t="s">
         <v>356</v>
       </c>
-      <c r="G20" s="293"/>
-[...3 lines deleted...]
-      <c r="K20" s="293"/>
+      <c r="G20" s="297"/>
+      <c r="H20" s="297"/>
+      <c r="I20" s="297"/>
+      <c r="J20" s="297"/>
+      <c r="K20" s="297"/>
     </row>
     <row r="21" spans="1:11" ht="33.75" customHeight="1">
       <c r="A21" s="18">
         <v>2</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>200</v>
       </c>
       <c r="C21" s="16" t="s">
         <v>357</v>
       </c>
       <c r="D21" s="33" t="s">
         <v>354</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>358</v>
       </c>
-      <c r="F21" s="321" t="s">
+      <c r="F21" s="317" t="s">
         <v>359</v>
       </c>
-      <c r="G21" s="293"/>
-[...3 lines deleted...]
-      <c r="K21" s="293"/>
+      <c r="G21" s="297"/>
+      <c r="H21" s="297"/>
+      <c r="I21" s="297"/>
+      <c r="J21" s="297"/>
+      <c r="K21" s="297"/>
     </row>
     <row r="22" spans="1:11" ht="82.5" customHeight="1">
       <c r="A22" s="18">
         <v>3</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>201</v>
       </c>
       <c r="C22" s="16" t="s">
         <v>1217</v>
       </c>
       <c r="D22" s="33" t="s">
         <v>354</v>
       </c>
       <c r="E22" s="16" t="s">
         <v>360</v>
       </c>
-      <c r="F22" s="321"/>
-[...4 lines deleted...]
-      <c r="K22" s="293"/>
+      <c r="F22" s="317"/>
+      <c r="G22" s="297"/>
+      <c r="H22" s="297"/>
+      <c r="I22" s="297"/>
+      <c r="J22" s="297"/>
+      <c r="K22" s="297"/>
     </row>
     <row r="23" spans="1:11" ht="78.75" customHeight="1">
       <c r="A23" s="18">
         <v>4</v>
       </c>
       <c r="B23" s="34" t="s">
         <v>202</v>
       </c>
       <c r="C23" s="16" t="s">
         <v>361</v>
       </c>
       <c r="D23" s="33" t="s">
         <v>354</v>
       </c>
       <c r="E23" s="16"/>
-      <c r="F23" s="316" t="s">
+      <c r="F23" s="318" t="s">
         <v>1210</v>
       </c>
-      <c r="G23" s="293"/>
-[...3 lines deleted...]
-      <c r="K23" s="293"/>
+      <c r="G23" s="297"/>
+      <c r="H23" s="297"/>
+      <c r="I23" s="297"/>
+      <c r="J23" s="297"/>
+      <c r="K23" s="297"/>
     </row>
     <row r="24" spans="1:11" ht="66.75" customHeight="1">
       <c r="A24" s="18">
         <v>5</v>
       </c>
       <c r="B24" s="35" t="s">
         <v>203</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>362</v>
       </c>
       <c r="D24" s="36" t="s">
         <v>363</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="F24" s="316" t="s">
+      <c r="F24" s="318" t="s">
         <v>365</v>
       </c>
-      <c r="G24" s="293"/>
-[...3 lines deleted...]
-      <c r="K24" s="293"/>
+      <c r="G24" s="297"/>
+      <c r="H24" s="297"/>
+      <c r="I24" s="297"/>
+      <c r="J24" s="297"/>
+      <c r="K24" s="297"/>
     </row>
     <row r="25" spans="1:11" ht="78.75" customHeight="1">
       <c r="A25" s="18">
         <v>6</v>
       </c>
       <c r="B25" s="34" t="s">
         <v>204</v>
       </c>
       <c r="C25" s="16" t="s">
         <v>366</v>
       </c>
       <c r="D25" s="37" t="s">
         <v>354</v>
       </c>
       <c r="E25" s="38" t="s">
         <v>367</v>
       </c>
-      <c r="F25" s="316" t="s">
+      <c r="F25" s="318" t="s">
         <v>1211</v>
       </c>
-      <c r="G25" s="293"/>
-[...3 lines deleted...]
-      <c r="K25" s="293"/>
+      <c r="G25" s="297"/>
+      <c r="H25" s="297"/>
+      <c r="I25" s="297"/>
+      <c r="J25" s="297"/>
+      <c r="K25" s="297"/>
     </row>
     <row r="26" spans="1:11" ht="107.25" customHeight="1">
       <c r="A26" s="18">
         <v>7</v>
       </c>
       <c r="B26" s="35" t="s">
         <v>368</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>369</v>
       </c>
       <c r="D26" s="36" t="s">
         <v>363</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>370</v>
       </c>
-      <c r="F26" s="316" t="s">
+      <c r="F26" s="318" t="s">
         <v>1212</v>
       </c>
-      <c r="G26" s="293"/>
-[...3 lines deleted...]
-      <c r="K26" s="293"/>
+      <c r="G26" s="297"/>
+      <c r="H26" s="297"/>
+      <c r="I26" s="297"/>
+      <c r="J26" s="297"/>
+      <c r="K26" s="297"/>
     </row>
     <row r="27" spans="1:11" ht="15.75" customHeight="1">
       <c r="A27" s="18">
         <v>8</v>
       </c>
       <c r="B27" s="35" t="s">
         <v>206</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>371</v>
       </c>
       <c r="D27" s="36" t="s">
         <v>354</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>372</v>
       </c>
-      <c r="F27" s="316" t="s">
+      <c r="F27" s="318" t="s">
         <v>373</v>
       </c>
-      <c r="G27" s="293"/>
-[...3 lines deleted...]
-      <c r="K27" s="293"/>
+      <c r="G27" s="297"/>
+      <c r="H27" s="297"/>
+      <c r="I27" s="297"/>
+      <c r="J27" s="297"/>
+      <c r="K27" s="297"/>
     </row>
     <row r="28" spans="1:11" ht="15.75" customHeight="1">
       <c r="A28" s="18">
         <v>9</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>165</v>
       </c>
       <c r="C28" s="16" t="s">
         <v>374</v>
       </c>
       <c r="D28" s="37"/>
       <c r="E28" s="16" t="s">
         <v>375</v>
       </c>
-      <c r="F28" s="316" t="s">
+      <c r="F28" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G28" s="293"/>
-[...3 lines deleted...]
-      <c r="K28" s="293"/>
+      <c r="G28" s="297"/>
+      <c r="H28" s="297"/>
+      <c r="I28" s="297"/>
+      <c r="J28" s="297"/>
+      <c r="K28" s="297"/>
     </row>
     <row r="29" spans="1:11" ht="53.25" customHeight="1">
       <c r="A29" s="18">
         <v>10</v>
       </c>
       <c r="B29" s="34" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="16" t="s">
         <v>377</v>
       </c>
       <c r="D29" s="37"/>
       <c r="E29" s="16" t="s">
         <v>378</v>
       </c>
-      <c r="F29" s="316" t="s">
+      <c r="F29" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G29" s="293"/>
-[...3 lines deleted...]
-      <c r="K29" s="293"/>
+      <c r="G29" s="297"/>
+      <c r="H29" s="297"/>
+      <c r="I29" s="297"/>
+      <c r="J29" s="297"/>
+      <c r="K29" s="297"/>
     </row>
     <row r="30" spans="1:11" ht="53.25" customHeight="1">
       <c r="A30" s="18">
         <v>11</v>
       </c>
       <c r="B30" s="35" t="s">
         <v>167</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>379</v>
       </c>
       <c r="D30" s="39"/>
       <c r="E30" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="F30" s="316" t="s">
+      <c r="F30" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G30" s="293"/>
-[...3 lines deleted...]
-      <c r="K30" s="293"/>
+      <c r="G30" s="297"/>
+      <c r="H30" s="297"/>
+      <c r="I30" s="297"/>
+      <c r="J30" s="297"/>
+      <c r="K30" s="297"/>
     </row>
     <row r="31" spans="1:11" ht="63" customHeight="1">
       <c r="A31" s="18">
         <v>12</v>
       </c>
       <c r="B31" s="34" t="s">
         <v>207</v>
       </c>
       <c r="C31" s="16" t="s">
         <v>381</v>
       </c>
       <c r="D31" s="37" t="s">
         <v>354</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>382</v>
       </c>
-      <c r="F31" s="316" t="s">
+      <c r="F31" s="318" t="s">
         <v>383</v>
       </c>
-      <c r="G31" s="293"/>
-[...3 lines deleted...]
-      <c r="K31" s="293"/>
+      <c r="G31" s="297"/>
+      <c r="H31" s="297"/>
+      <c r="I31" s="297"/>
+      <c r="J31" s="297"/>
+      <c r="K31" s="297"/>
     </row>
     <row r="32" spans="1:11" ht="15.75" customHeight="1">
       <c r="A32" s="18">
         <v>13</v>
       </c>
       <c r="B32" s="35" t="s">
         <v>208</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>384</v>
       </c>
       <c r="D32" s="39"/>
       <c r="E32" s="4" t="s">
         <v>385</v>
       </c>
-      <c r="F32" s="316" t="s">
+      <c r="F32" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G32" s="293"/>
-[...3 lines deleted...]
-      <c r="K32" s="293"/>
+      <c r="G32" s="297"/>
+      <c r="H32" s="297"/>
+      <c r="I32" s="297"/>
+      <c r="J32" s="297"/>
+      <c r="K32" s="297"/>
     </row>
     <row r="33" spans="1:11" ht="112.5" customHeight="1">
       <c r="A33" s="18">
         <v>14</v>
       </c>
       <c r="B33" s="35" t="s">
         <v>209</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>386</v>
       </c>
       <c r="D33" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>387</v>
       </c>
-      <c r="F33" s="316" t="s">
+      <c r="F33" s="318" t="s">
         <v>388</v>
       </c>
-      <c r="G33" s="293"/>
-[...3 lines deleted...]
-      <c r="K33" s="293"/>
+      <c r="G33" s="297"/>
+      <c r="H33" s="297"/>
+      <c r="I33" s="297"/>
+      <c r="J33" s="297"/>
+      <c r="K33" s="297"/>
     </row>
     <row r="34" spans="1:11" ht="15.75" customHeight="1">
       <c r="A34" s="18">
         <v>15</v>
       </c>
       <c r="B34" s="35" t="s">
         <v>210</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>389</v>
       </c>
       <c r="D34" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>390</v>
       </c>
-      <c r="F34" s="316" t="s">
+      <c r="F34" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G34" s="293"/>
-[...3 lines deleted...]
-      <c r="K34" s="293"/>
+      <c r="G34" s="297"/>
+      <c r="H34" s="297"/>
+      <c r="I34" s="297"/>
+      <c r="J34" s="297"/>
+      <c r="K34" s="297"/>
     </row>
     <row r="35" spans="1:11" ht="15.75" customHeight="1">
       <c r="A35" s="18">
         <v>16</v>
       </c>
       <c r="B35" s="35" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>391</v>
       </c>
       <c r="D35" s="39"/>
       <c r="E35" s="4"/>
-      <c r="F35" s="316" t="s">
+      <c r="F35" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G35" s="293"/>
-[...3 lines deleted...]
-      <c r="K35" s="293"/>
+      <c r="G35" s="297"/>
+      <c r="H35" s="297"/>
+      <c r="I35" s="297"/>
+      <c r="J35" s="297"/>
+      <c r="K35" s="297"/>
     </row>
     <row r="36" spans="1:11" ht="15.75" customHeight="1">
       <c r="A36" s="18">
         <v>17</v>
       </c>
       <c r="B36" s="35" t="s">
         <v>133</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>391</v>
       </c>
       <c r="D36" s="39"/>
       <c r="E36" s="4"/>
-      <c r="F36" s="316" t="s">
+      <c r="F36" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G36" s="293"/>
-[...3 lines deleted...]
-      <c r="K36" s="293"/>
+      <c r="G36" s="297"/>
+      <c r="H36" s="297"/>
+      <c r="I36" s="297"/>
+      <c r="J36" s="297"/>
+      <c r="K36" s="297"/>
     </row>
     <row r="37" spans="1:11" ht="15.75" customHeight="1">
       <c r="A37" s="18">
         <v>18</v>
       </c>
       <c r="B37" s="35" t="s">
         <v>134</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>391</v>
       </c>
       <c r="D37" s="39"/>
       <c r="E37" s="4"/>
-      <c r="F37" s="316" t="s">
+      <c r="F37" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G37" s="293"/>
-[...3 lines deleted...]
-      <c r="K37" s="293"/>
+      <c r="G37" s="297"/>
+      <c r="H37" s="297"/>
+      <c r="I37" s="297"/>
+      <c r="J37" s="297"/>
+      <c r="K37" s="297"/>
     </row>
     <row r="38" spans="1:11" ht="15.75" customHeight="1">
       <c r="A38" s="13">
         <v>19</v>
       </c>
       <c r="B38" s="35" t="s">
         <v>211</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>392</v>
       </c>
       <c r="D38" s="39"/>
       <c r="E38" s="4" t="s">
         <v>393</v>
       </c>
-      <c r="F38" s="316" t="s">
+      <c r="F38" s="318" t="s">
         <v>394</v>
       </c>
-      <c r="G38" s="293"/>
-[...3 lines deleted...]
-      <c r="K38" s="293"/>
+      <c r="G38" s="297"/>
+      <c r="H38" s="297"/>
+      <c r="I38" s="297"/>
+      <c r="J38" s="297"/>
+      <c r="K38" s="297"/>
     </row>
     <row r="39" spans="1:11" ht="15.75" customHeight="1">
       <c r="A39" s="18">
         <v>20</v>
       </c>
       <c r="B39" s="35" t="s">
         <v>212</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>395</v>
       </c>
       <c r="D39" s="39"/>
       <c r="E39" s="4" t="s">
         <v>396</v>
       </c>
-      <c r="F39" s="316" t="s">
+      <c r="F39" s="318" t="s">
         <v>394</v>
       </c>
-      <c r="G39" s="293"/>
-[...3 lines deleted...]
-      <c r="K39" s="293"/>
+      <c r="G39" s="297"/>
+      <c r="H39" s="297"/>
+      <c r="I39" s="297"/>
+      <c r="J39" s="297"/>
+      <c r="K39" s="297"/>
     </row>
     <row r="40" spans="1:11" ht="15.75" customHeight="1">
       <c r="A40" s="18">
         <v>21</v>
       </c>
       <c r="B40" s="35" t="s">
         <v>213</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>397</v>
       </c>
       <c r="D40" s="39"/>
       <c r="E40" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="F40" s="316" t="s">
+      <c r="F40" s="318" t="s">
         <v>376</v>
       </c>
-      <c r="G40" s="293"/>
-[...3 lines deleted...]
-      <c r="K40" s="293"/>
+      <c r="G40" s="297"/>
+      <c r="H40" s="297"/>
+      <c r="I40" s="297"/>
+      <c r="J40" s="297"/>
+      <c r="K40" s="297"/>
     </row>
     <row r="41" spans="1:11" ht="15.75" customHeight="1">
       <c r="A41" s="18">
         <v>22</v>
       </c>
       <c r="B41" s="35" t="s">
         <v>399</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>400</v>
       </c>
       <c r="D41" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>401</v>
       </c>
-      <c r="F41" s="316" t="s">
+      <c r="F41" s="318" t="s">
         <v>402</v>
       </c>
-      <c r="G41" s="293"/>
-[...3 lines deleted...]
-      <c r="K41" s="293"/>
+      <c r="G41" s="297"/>
+      <c r="H41" s="297"/>
+      <c r="I41" s="297"/>
+      <c r="J41" s="297"/>
+      <c r="K41" s="297"/>
     </row>
     <row r="42" spans="1:11" ht="15.75" customHeight="1">
       <c r="A42" s="18">
         <v>23</v>
       </c>
       <c r="B42" s="41" t="s">
         <v>403</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>404</v>
       </c>
       <c r="D42" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>405</v>
       </c>
-      <c r="F42" s="316" t="s">
+      <c r="F42" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G42" s="293"/>
-[...3 lines deleted...]
-      <c r="K42" s="293"/>
+      <c r="G42" s="297"/>
+      <c r="H42" s="297"/>
+      <c r="I42" s="297"/>
+      <c r="J42" s="297"/>
+      <c r="K42" s="297"/>
     </row>
     <row r="43" spans="1:11" ht="15.75" customHeight="1">
       <c r="A43" s="18">
         <v>24</v>
       </c>
       <c r="B43" s="41" t="s">
         <v>407</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>408</v>
       </c>
       <c r="D43" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>409</v>
       </c>
-      <c r="F43" s="316" t="s">
+      <c r="F43" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G43" s="293"/>
-[...3 lines deleted...]
-      <c r="K43" s="293"/>
+      <c r="G43" s="297"/>
+      <c r="H43" s="297"/>
+      <c r="I43" s="297"/>
+      <c r="J43" s="297"/>
+      <c r="K43" s="297"/>
     </row>
     <row r="44" spans="1:11" ht="15.75" customHeight="1">
       <c r="A44" s="18">
         <v>25</v>
       </c>
       <c r="B44" s="41" t="s">
         <v>217</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>410</v>
       </c>
       <c r="D44" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>411</v>
       </c>
-      <c r="F44" s="316" t="s">
+      <c r="F44" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G44" s="293"/>
-[...3 lines deleted...]
-      <c r="K44" s="293"/>
+      <c r="G44" s="297"/>
+      <c r="H44" s="297"/>
+      <c r="I44" s="297"/>
+      <c r="J44" s="297"/>
+      <c r="K44" s="297"/>
     </row>
     <row r="45" spans="1:11" ht="15.75" customHeight="1">
       <c r="A45" s="18">
         <v>26</v>
       </c>
       <c r="B45" s="41" t="s">
         <v>218</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>412</v>
       </c>
       <c r="D45" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>413</v>
       </c>
-      <c r="F45" s="316" t="s">
+      <c r="F45" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G45" s="293"/>
-[...3 lines deleted...]
-      <c r="K45" s="293"/>
+      <c r="G45" s="297"/>
+      <c r="H45" s="297"/>
+      <c r="I45" s="297"/>
+      <c r="J45" s="297"/>
+      <c r="K45" s="297"/>
     </row>
     <row r="46" spans="1:11" ht="15.75" customHeight="1">
       <c r="A46" s="18">
         <v>27</v>
       </c>
       <c r="B46" s="41" t="s">
         <v>414</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>415</v>
       </c>
       <c r="D46" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="F46" s="316" t="s">
+      <c r="F46" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G46" s="293"/>
-[...3 lines deleted...]
-      <c r="K46" s="293"/>
+      <c r="G46" s="297"/>
+      <c r="H46" s="297"/>
+      <c r="I46" s="297"/>
+      <c r="J46" s="297"/>
+      <c r="K46" s="297"/>
     </row>
     <row r="47" spans="1:11" ht="15.75" customHeight="1">
       <c r="A47" s="18">
         <v>28</v>
       </c>
       <c r="B47" s="41" t="s">
         <v>417</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>418</v>
       </c>
       <c r="D47" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>419</v>
       </c>
-      <c r="F47" s="316" t="s">
+      <c r="F47" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G47" s="293"/>
-[...3 lines deleted...]
-      <c r="K47" s="293"/>
+      <c r="G47" s="297"/>
+      <c r="H47" s="297"/>
+      <c r="I47" s="297"/>
+      <c r="J47" s="297"/>
+      <c r="K47" s="297"/>
     </row>
     <row r="48" spans="1:11" ht="15.75" customHeight="1">
       <c r="A48" s="18">
         <v>29</v>
       </c>
       <c r="B48" s="41" t="s">
         <v>221</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>420</v>
       </c>
       <c r="D48" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>421</v>
       </c>
-      <c r="F48" s="316" t="s">
+      <c r="F48" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G48" s="293"/>
-[...3 lines deleted...]
-      <c r="K48" s="293"/>
+      <c r="G48" s="297"/>
+      <c r="H48" s="297"/>
+      <c r="I48" s="297"/>
+      <c r="J48" s="297"/>
+      <c r="K48" s="297"/>
     </row>
     <row r="49" spans="1:11" ht="15.75" customHeight="1">
       <c r="A49" s="18">
         <v>30</v>
       </c>
       <c r="B49" s="41" t="s">
         <v>222</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>422</v>
       </c>
       <c r="D49" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>423</v>
       </c>
-      <c r="F49" s="316" t="s">
+      <c r="F49" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G49" s="293"/>
-[...3 lines deleted...]
-      <c r="K49" s="293"/>
+      <c r="G49" s="297"/>
+      <c r="H49" s="297"/>
+      <c r="I49" s="297"/>
+      <c r="J49" s="297"/>
+      <c r="K49" s="297"/>
     </row>
     <row r="50" spans="1:11" ht="15.75" customHeight="1">
       <c r="A50" s="18">
         <v>31</v>
       </c>
       <c r="B50" s="41" t="s">
         <v>223</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>424</v>
       </c>
       <c r="D50" s="39"/>
       <c r="E50" s="4"/>
-      <c r="F50" s="316" t="s">
+      <c r="F50" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G50" s="293"/>
-[...3 lines deleted...]
-      <c r="K50" s="293"/>
+      <c r="G50" s="297"/>
+      <c r="H50" s="297"/>
+      <c r="I50" s="297"/>
+      <c r="J50" s="297"/>
+      <c r="K50" s="297"/>
     </row>
     <row r="51" spans="1:11" ht="39.75" customHeight="1">
       <c r="A51" s="18">
         <v>32</v>
       </c>
       <c r="B51" s="41" t="s">
         <v>425</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>426</v>
       </c>
       <c r="D51" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>427</v>
       </c>
-      <c r="F51" s="316" t="s">
+      <c r="F51" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G51" s="293"/>
-[...3 lines deleted...]
-      <c r="K51" s="293"/>
+      <c r="G51" s="297"/>
+      <c r="H51" s="297"/>
+      <c r="I51" s="297"/>
+      <c r="J51" s="297"/>
+      <c r="K51" s="297"/>
     </row>
     <row r="52" spans="1:11" ht="15.75" customHeight="1">
       <c r="A52" s="18">
         <v>33</v>
       </c>
       <c r="B52" s="41" t="s">
         <v>428</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>429</v>
       </c>
       <c r="D52" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>430</v>
       </c>
-      <c r="F52" s="316" t="s">
+      <c r="F52" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G52" s="293"/>
-[...3 lines deleted...]
-      <c r="K52" s="293"/>
+      <c r="G52" s="297"/>
+      <c r="H52" s="297"/>
+      <c r="I52" s="297"/>
+      <c r="J52" s="297"/>
+      <c r="K52" s="297"/>
     </row>
     <row r="53" spans="1:11" ht="15.75" customHeight="1">
       <c r="A53" s="18">
         <v>34</v>
       </c>
       <c r="B53" s="41" t="s">
         <v>431</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>432</v>
       </c>
       <c r="D53" s="39" t="s">
         <v>363</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="F53" s="316" t="s">
+      <c r="F53" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G53" s="293"/>
-[...3 lines deleted...]
-      <c r="K53" s="293"/>
+      <c r="G53" s="297"/>
+      <c r="H53" s="297"/>
+      <c r="I53" s="297"/>
+      <c r="J53" s="297"/>
+      <c r="K53" s="297"/>
     </row>
     <row r="54" spans="1:11" ht="15.75" customHeight="1">
       <c r="A54" s="18">
         <v>35</v>
       </c>
       <c r="B54" s="41" t="s">
         <v>434</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>435</v>
       </c>
       <c r="D54" s="39"/>
       <c r="E54" s="4"/>
-      <c r="F54" s="316" t="s">
+      <c r="F54" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G54" s="293"/>
-[...3 lines deleted...]
-      <c r="K54" s="293"/>
+      <c r="G54" s="297"/>
+      <c r="H54" s="297"/>
+      <c r="I54" s="297"/>
+      <c r="J54" s="297"/>
+      <c r="K54" s="297"/>
     </row>
     <row r="55" spans="1:11" ht="37.5" customHeight="1">
       <c r="A55" s="18">
         <v>36</v>
       </c>
       <c r="B55" s="41" t="s">
         <v>436</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>1213</v>
       </c>
       <c r="D55" s="39"/>
       <c r="E55" s="4"/>
-      <c r="F55" s="316" t="s">
+      <c r="F55" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G55" s="293"/>
-[...3 lines deleted...]
-      <c r="K55" s="293"/>
+      <c r="G55" s="297"/>
+      <c r="H55" s="297"/>
+      <c r="I55" s="297"/>
+      <c r="J55" s="297"/>
+      <c r="K55" s="297"/>
     </row>
     <row r="56" spans="1:11" ht="81.75" customHeight="1">
       <c r="A56" s="18">
         <v>37</v>
       </c>
       <c r="B56" s="41" t="s">
         <v>437</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>438</v>
       </c>
       <c r="D56" s="39"/>
       <c r="E56" s="4" t="s">
         <v>439</v>
       </c>
-      <c r="F56" s="316" t="s">
+      <c r="F56" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G56" s="293"/>
-[...3 lines deleted...]
-      <c r="K56" s="293"/>
+      <c r="G56" s="297"/>
+      <c r="H56" s="297"/>
+      <c r="I56" s="297"/>
+      <c r="J56" s="297"/>
+      <c r="K56" s="297"/>
     </row>
     <row r="57" spans="1:11" ht="37.5" customHeight="1">
       <c r="A57" s="18">
         <v>38</v>
       </c>
       <c r="B57" s="41" t="s">
         <v>440</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>441</v>
       </c>
       <c r="D57" s="39"/>
       <c r="E57" s="4" t="s">
         <v>367</v>
       </c>
-      <c r="F57" s="316" t="s">
+      <c r="F57" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G57" s="293"/>
-[...3 lines deleted...]
-      <c r="K57" s="293"/>
+      <c r="G57" s="297"/>
+      <c r="H57" s="297"/>
+      <c r="I57" s="297"/>
+      <c r="J57" s="297"/>
+      <c r="K57" s="297"/>
     </row>
     <row r="58" spans="1:11" ht="37.5" customHeight="1">
       <c r="A58" s="18">
         <v>39</v>
       </c>
       <c r="B58" s="41" t="s">
         <v>442</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>441</v>
       </c>
       <c r="D58" s="39"/>
       <c r="E58" s="4" t="s">
         <v>367</v>
       </c>
-      <c r="F58" s="316" t="s">
+      <c r="F58" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G58" s="293"/>
-[...3 lines deleted...]
-      <c r="K58" s="293"/>
+      <c r="G58" s="297"/>
+      <c r="H58" s="297"/>
+      <c r="I58" s="297"/>
+      <c r="J58" s="297"/>
+      <c r="K58" s="297"/>
     </row>
     <row r="59" spans="1:11" ht="37.5" customHeight="1">
       <c r="A59" s="18">
         <v>40</v>
       </c>
       <c r="B59" s="41" t="s">
         <v>443</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>441</v>
       </c>
       <c r="D59" s="39"/>
       <c r="E59" s="4" t="s">
         <v>367</v>
       </c>
-      <c r="F59" s="316" t="s">
+      <c r="F59" s="318" t="s">
         <v>406</v>
       </c>
-      <c r="G59" s="293"/>
-[...3 lines deleted...]
-      <c r="K59" s="293"/>
+      <c r="G59" s="297"/>
+      <c r="H59" s="297"/>
+      <c r="I59" s="297"/>
+      <c r="J59" s="297"/>
+      <c r="K59" s="297"/>
     </row>
     <row r="60" spans="1:11" ht="88.5" customHeight="1">
       <c r="A60" s="18">
         <v>41</v>
       </c>
       <c r="B60" s="41" t="s">
         <v>444</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>1214</v>
       </c>
       <c r="D60" s="39"/>
       <c r="E60" s="4" t="s">
         <v>445</v>
       </c>
-      <c r="F60" s="317" t="s">
+      <c r="F60" s="322" t="s">
         <v>406</v>
       </c>
-      <c r="G60" s="318"/>
-[...3 lines deleted...]
-      <c r="K60" s="318"/>
+      <c r="G60" s="323"/>
+      <c r="H60" s="323"/>
+      <c r="I60" s="323"/>
+      <c r="J60" s="323"/>
+      <c r="K60" s="323"/>
     </row>
     <row r="61" spans="1:11" ht="15.75" customHeight="1">
       <c r="A61" s="2" t="s">
         <v>446</v>
       </c>
       <c r="D61" s="22"/>
     </row>
     <row r="62" spans="1:11" ht="15.75" customHeight="1">
       <c r="D62" s="22"/>
     </row>
     <row r="63" spans="1:11" ht="15.75" customHeight="1">
       <c r="A63" s="319" t="s">
         <v>447</v>
       </c>
       <c r="B63" s="270"/>
       <c r="C63" s="270"/>
       <c r="D63" s="270"/>
       <c r="E63" s="270"/>
       <c r="F63" s="270"/>
       <c r="G63" s="270"/>
       <c r="H63" s="270"/>
       <c r="I63" s="270"/>
       <c r="J63" s="270"/>
       <c r="K63" s="270"/>
     </row>
@@ -30984,51 +31022,51 @@
         <v>453</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="15.75" customHeight="1">
       <c r="B77" s="44" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="78" spans="1:11" ht="15.75" customHeight="1">
       <c r="A78" s="43" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="79" spans="1:11" ht="15.75" customHeight="1">
       <c r="B79" s="44" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="14.25" customHeight="1">
       <c r="A81" s="21" t="s">
         <v>457</v>
       </c>
       <c r="D81" s="22"/>
     </row>
     <row r="82" spans="1:5" ht="14.25" customHeight="1">
-      <c r="A82" s="315" t="s">
+      <c r="A82" s="321" t="s">
         <v>458</v>
       </c>
       <c r="B82" s="270"/>
       <c r="C82" s="270"/>
       <c r="D82" s="270"/>
       <c r="E82" s="270"/>
     </row>
     <row r="83" spans="1:5" ht="15.75" customHeight="1">
       <c r="A83" s="270"/>
       <c r="B83" s="270"/>
       <c r="C83" s="270"/>
       <c r="D83" s="270"/>
       <c r="E83" s="270"/>
     </row>
     <row r="84" spans="1:5" ht="15.75" customHeight="1">
       <c r="A84" s="270"/>
       <c r="B84" s="270"/>
       <c r="C84" s="270"/>
       <c r="D84" s="270"/>
       <c r="E84" s="270"/>
     </row>
     <row r="85" spans="1:5" ht="15.75" customHeight="1">
       <c r="A85" s="270"/>
       <c r="B85" s="270"/>
       <c r="C85" s="270"/>
@@ -31096,51 +31134,51 @@
       <c r="A93" s="49"/>
       <c r="B93" s="49"/>
       <c r="C93" s="49"/>
       <c r="D93" s="50"/>
       <c r="E93" s="49"/>
     </row>
     <row r="94" spans="1:5" ht="15.75" customHeight="1">
       <c r="A94" s="46" t="s">
         <v>463</v>
       </c>
       <c r="B94" s="47"/>
       <c r="C94" s="47"/>
       <c r="D94" s="48"/>
       <c r="E94" s="47"/>
     </row>
     <row r="95" spans="1:5" ht="15.75" customHeight="1">
       <c r="A95" s="45" t="s">
         <v>464</v>
       </c>
       <c r="B95" s="49"/>
       <c r="C95" s="49"/>
       <c r="D95" s="50"/>
       <c r="E95" s="49"/>
     </row>
     <row r="97" spans="1:5" ht="14.25" customHeight="1">
-      <c r="A97" s="315" t="s">
+      <c r="A97" s="321" t="s">
         <v>465</v>
       </c>
       <c r="B97" s="270"/>
       <c r="C97" s="270"/>
       <c r="D97" s="270"/>
       <c r="E97" s="270"/>
     </row>
     <row r="98" spans="1:5" ht="15.75" customHeight="1">
       <c r="A98" s="270"/>
       <c r="B98" s="270"/>
       <c r="C98" s="270"/>
       <c r="D98" s="270"/>
       <c r="E98" s="270"/>
     </row>
     <row r="99" spans="1:5" ht="15.75" customHeight="1">
       <c r="A99" s="270"/>
       <c r="B99" s="270"/>
       <c r="C99" s="270"/>
       <c r="D99" s="270"/>
       <c r="E99" s="270"/>
     </row>
     <row r="100" spans="1:5" ht="15.75" customHeight="1">
       <c r="A100" s="270"/>
       <c r="B100" s="270"/>
       <c r="C100" s="270"/>
@@ -31253,104 +31291,104 @@
       </c>
     </row>
     <row r="114" spans="1:1" ht="15.75" customHeight="1">
       <c r="A114" s="45" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="115" spans="1:1" ht="15.75" customHeight="1">
       <c r="A115" s="49"/>
     </row>
     <row r="116" spans="1:1" ht="15.75" customHeight="1">
       <c r="A116" s="46" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="117" spans="1:1" ht="15.75" customHeight="1">
       <c r="A117" s="49"/>
     </row>
     <row r="118" spans="1:1" ht="14.25" customHeight="1">
       <c r="A118" s="55" t="s">
         <v>474</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="54">
-    <mergeCell ref="A2:K4"/>
-[...43 lines deleted...]
-    <mergeCell ref="A68:K71"/>
     <mergeCell ref="A82:E87"/>
     <mergeCell ref="A97:E103"/>
     <mergeCell ref="F54:K54"/>
     <mergeCell ref="F55:K55"/>
     <mergeCell ref="F56:K56"/>
     <mergeCell ref="F57:K57"/>
     <mergeCell ref="F58:K58"/>
     <mergeCell ref="F59:K59"/>
     <mergeCell ref="F60:K60"/>
+    <mergeCell ref="F52:K52"/>
+    <mergeCell ref="F53:K53"/>
+    <mergeCell ref="A63:K64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A68:K71"/>
+    <mergeCell ref="F47:K47"/>
+    <mergeCell ref="F48:K48"/>
+    <mergeCell ref="F49:K49"/>
+    <mergeCell ref="F50:K50"/>
+    <mergeCell ref="F51:K51"/>
+    <mergeCell ref="F42:K42"/>
+    <mergeCell ref="F43:K43"/>
+    <mergeCell ref="F44:K44"/>
+    <mergeCell ref="F45:K45"/>
+    <mergeCell ref="F46:K46"/>
+    <mergeCell ref="F37:K37"/>
+    <mergeCell ref="F38:K38"/>
+    <mergeCell ref="F39:K39"/>
+    <mergeCell ref="F40:K40"/>
+    <mergeCell ref="F41:K41"/>
+    <mergeCell ref="F32:K32"/>
+    <mergeCell ref="F33:K33"/>
+    <mergeCell ref="F34:K34"/>
+    <mergeCell ref="F35:K35"/>
+    <mergeCell ref="F36:K36"/>
+    <mergeCell ref="F27:K27"/>
+    <mergeCell ref="F28:K28"/>
+    <mergeCell ref="F29:K29"/>
+    <mergeCell ref="F30:K30"/>
+    <mergeCell ref="F31:K31"/>
+    <mergeCell ref="F22:K22"/>
+    <mergeCell ref="F23:K23"/>
+    <mergeCell ref="F24:K24"/>
+    <mergeCell ref="F25:K25"/>
+    <mergeCell ref="F26:K26"/>
+    <mergeCell ref="A13:K13"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="F19:K19"/>
+    <mergeCell ref="F20:K20"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="A2:K4"/>
+    <mergeCell ref="A5:K8"/>
+    <mergeCell ref="A9:K9"/>
+    <mergeCell ref="L9:U9"/>
+    <mergeCell ref="A11:E11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E25" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="A65" r:id="rId2" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
     <hyperlink ref="B75" r:id="rId3" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
     <hyperlink ref="B77" r:id="rId4" xr:uid="{00000000-0004-0000-0400-000003000000}"/>
     <hyperlink ref="B79" r:id="rId5" xr:uid="{00000000-0004-0000-0400-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0097DC"/>
   </sheetPr>
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
@@ -31379,60 +31417,60 @@
       <c r="F2" s="270"/>
       <c r="G2" s="270"/>
       <c r="H2" s="270"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1">
       <c r="A3" s="270"/>
       <c r="B3" s="270"/>
       <c r="C3" s="270"/>
       <c r="D3" s="270"/>
       <c r="E3" s="270"/>
       <c r="F3" s="270"/>
       <c r="G3" s="270"/>
       <c r="H3" s="270"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="270"/>
       <c r="B4" s="270"/>
       <c r="C4" s="270"/>
       <c r="D4" s="270"/>
       <c r="E4" s="270"/>
       <c r="F4" s="270"/>
       <c r="G4" s="270"/>
       <c r="H4" s="270"/>
     </row>
     <row r="5" spans="1:8" ht="88.15" customHeight="1">
-      <c r="A5" s="315" t="s">
+      <c r="A5" s="321" t="s">
         <v>1054</v>
       </c>
-      <c r="B5" s="315"/>
-[...5 lines deleted...]
-      <c r="H5" s="315"/>
+      <c r="B5" s="321"/>
+      <c r="C5" s="321"/>
+      <c r="D5" s="321"/>
+      <c r="E5" s="321"/>
+      <c r="F5" s="321"/>
+      <c r="G5" s="321"/>
+      <c r="H5" s="321"/>
     </row>
     <row r="6" spans="1:8" ht="15" customHeight="1">
       <c r="A6" s="271" t="s">
         <v>475</v>
       </c>
       <c r="B6" s="270"/>
       <c r="C6" s="270"/>
       <c r="D6" s="270"/>
       <c r="E6" s="270"/>
       <c r="F6" s="270"/>
       <c r="G6" s="270"/>
       <c r="H6" s="270"/>
     </row>
     <row r="7" spans="1:8" ht="15" customHeight="1">
       <c r="A7" s="270"/>
       <c r="B7" s="270"/>
       <c r="C7" s="270"/>
       <c r="D7" s="270"/>
       <c r="E7" s="270"/>
       <c r="F7" s="270"/>
       <c r="G7" s="270"/>
       <c r="H7" s="270"/>
     </row>
     <row r="8" spans="1:8" ht="15" customHeight="1">
       <c r="A8" s="270"/>
@@ -32034,54 +32072,54 @@
       </c>
       <c r="I1" s="196" t="s">
         <v>1088</v>
       </c>
       <c r="J1" s="196" t="s">
         <v>1089</v>
       </c>
       <c r="K1" s="196" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="C2" s="202"/>
       <c r="D2" s="202"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27AB0EB0-F7D7-4311-AAF5-4838674717E5}">
   <sheetPr>
     <tabColor rgb="FF0097DC"/>
   </sheetPr>
-  <dimension ref="A1:Z943"/>
+  <dimension ref="A1:Z946"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14:E17"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" style="121" customWidth="1"/>
     <col min="2" max="2" width="21.125" style="121" customWidth="1"/>
     <col min="3" max="3" width="38.125" style="121" customWidth="1"/>
     <col min="4" max="4" width="2.625" style="121" customWidth="1"/>
     <col min="5" max="5" width="29.5" style="121" customWidth="1"/>
     <col min="6" max="11" width="8.125" style="121" customWidth="1"/>
     <col min="12" max="26" width="7.625" style="121" customWidth="1"/>
     <col min="27" max="16384" width="12.625" style="121"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="23.25">
       <c r="A1" s="136" t="s">
         <v>198</v>
       </c>
       <c r="D1" s="203"/>
     </row>
     <row r="2" spans="1:26" ht="15" customHeight="1">
       <c r="A2" s="250" t="s">
         <v>1091</v>
       </c>
       <c r="B2" s="247"/>
@@ -32167,1079 +32205,1119 @@
       <c r="B8" s="247"/>
       <c r="C8" s="247"/>
       <c r="D8" s="247"/>
       <c r="E8" s="247"/>
       <c r="F8" s="247"/>
       <c r="G8" s="247"/>
       <c r="H8" s="247"/>
       <c r="I8" s="247"/>
       <c r="J8" s="247"/>
       <c r="K8" s="247"/>
     </row>
     <row r="9" spans="1:26" ht="15" customHeight="1">
       <c r="A9" s="252" t="s">
         <v>1092</v>
       </c>
       <c r="B9" s="247"/>
       <c r="C9" s="247"/>
       <c r="D9" s="247"/>
       <c r="E9" s="247"/>
       <c r="F9" s="247"/>
       <c r="G9" s="247"/>
       <c r="H9" s="247"/>
       <c r="I9" s="247"/>
       <c r="J9" s="247"/>
       <c r="K9" s="247"/>
-      <c r="L9" s="259"/>
+      <c r="L9" s="257"/>
       <c r="M9" s="247"/>
       <c r="N9" s="247"/>
       <c r="O9" s="247"/>
       <c r="P9" s="247"/>
       <c r="Q9" s="247"/>
       <c r="R9" s="247"/>
       <c r="S9" s="247"/>
       <c r="T9" s="247"/>
       <c r="U9" s="247"/>
       <c r="V9" s="137"/>
       <c r="W9" s="137"/>
       <c r="X9" s="137"/>
       <c r="Y9" s="137"/>
       <c r="Z9" s="137"/>
     </row>
     <row r="10" spans="1:26" ht="15" customHeight="1">
       <c r="A10" s="242"/>
       <c r="L10" s="182"/>
       <c r="V10" s="137"/>
       <c r="W10" s="137"/>
       <c r="X10" s="137"/>
       <c r="Y10" s="137"/>
       <c r="Z10" s="137"/>
     </row>
     <row r="11" spans="1:26" ht="15" customHeight="1">
-      <c r="A11" s="250" t="s">
-        <v>1226</v>
+      <c r="A11" s="252" t="s">
+        <v>1237</v>
       </c>
       <c r="B11" s="252"/>
       <c r="C11" s="252"/>
       <c r="D11" s="252"/>
       <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="252"/>
+      <c r="I11" s="252"/>
+      <c r="J11" s="252"/>
+      <c r="K11" s="252"/>
       <c r="L11" s="182"/>
       <c r="V11" s="137"/>
       <c r="W11" s="137"/>
       <c r="X11" s="137"/>
       <c r="Y11" s="137"/>
       <c r="Z11" s="137"/>
     </row>
     <row r="12" spans="1:26" ht="15" customHeight="1">
-      <c r="A12" s="241"/>
-[...3 lines deleted...]
-      <c r="E12" s="242"/>
+      <c r="A12" s="252"/>
+      <c r="B12" s="252"/>
+      <c r="C12" s="252"/>
+      <c r="D12" s="252"/>
+      <c r="E12" s="252"/>
+      <c r="F12" s="252"/>
+      <c r="G12" s="252"/>
+      <c r="H12" s="252"/>
+      <c r="I12" s="252"/>
+      <c r="J12" s="252"/>
+      <c r="K12" s="252"/>
       <c r="L12" s="182"/>
       <c r="V12" s="137"/>
       <c r="W12" s="137"/>
       <c r="X12" s="137"/>
       <c r="Y12" s="137"/>
       <c r="Z12" s="137"/>
     </row>
     <row r="13" spans="1:26" ht="15" customHeight="1">
-      <c r="A13" s="260" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="247"/>
+      <c r="A13" s="242"/>
       <c r="L13" s="182"/>
       <c r="V13" s="137"/>
       <c r="W13" s="137"/>
       <c r="X13" s="137"/>
       <c r="Y13" s="137"/>
       <c r="Z13" s="137"/>
     </row>
-    <row r="14" spans="1:26">
-[...99 lines deleted...]
-      <c r="A18" s="251" t="s">
+    <row r="14" spans="1:26" ht="15" customHeight="1">
+      <c r="A14" s="250" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B14" s="252"/>
+      <c r="C14" s="252"/>
+      <c r="D14" s="252"/>
+      <c r="E14" s="252"/>
+      <c r="L14" s="182"/>
+      <c r="V14" s="137"/>
+      <c r="W14" s="137"/>
+      <c r="X14" s="137"/>
+      <c r="Y14" s="137"/>
+      <c r="Z14" s="137"/>
+    </row>
+    <row r="15" spans="1:26" ht="15" customHeight="1">
+      <c r="A15" s="241"/>
+      <c r="B15" s="242"/>
+      <c r="C15" s="242"/>
+      <c r="D15" s="242"/>
+      <c r="E15" s="242"/>
+      <c r="L15" s="182"/>
+      <c r="V15" s="137"/>
+      <c r="W15" s="137"/>
+      <c r="X15" s="137"/>
+      <c r="Y15" s="137"/>
+      <c r="Z15" s="137"/>
+    </row>
+    <row r="16" spans="1:26" ht="15" customHeight="1">
+      <c r="A16" s="258" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B16" s="247"/>
+      <c r="C16" s="247"/>
+      <c r="D16" s="247"/>
+      <c r="E16" s="247"/>
+      <c r="L16" s="182"/>
+      <c r="V16" s="137"/>
+      <c r="W16" s="137"/>
+      <c r="X16" s="137"/>
+      <c r="Y16" s="137"/>
+      <c r="Z16" s="137"/>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="258" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B17" s="258"/>
+      <c r="C17" s="258"/>
+      <c r="D17" s="258"/>
+      <c r="E17" s="258"/>
+      <c r="F17" s="204"/>
+      <c r="G17" s="204"/>
+      <c r="H17" s="204"/>
+      <c r="I17" s="204"/>
+      <c r="J17" s="204"/>
+      <c r="K17" s="204"/>
+      <c r="L17" s="205"/>
+      <c r="M17" s="205"/>
+      <c r="N17" s="205"/>
+      <c r="O17" s="205"/>
+      <c r="P17" s="205"/>
+      <c r="Q17" s="205"/>
+      <c r="R17" s="205"/>
+      <c r="S17" s="205"/>
+      <c r="T17" s="205"/>
+      <c r="U17" s="205"/>
+      <c r="V17" s="205"/>
+      <c r="W17" s="205"/>
+      <c r="X17" s="205"/>
+      <c r="Y17" s="205"/>
+      <c r="Z17" s="205"/>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="258"/>
+      <c r="B18" s="258"/>
+      <c r="C18" s="258"/>
+      <c r="D18" s="258"/>
+      <c r="E18" s="258"/>
+      <c r="F18" s="204"/>
+      <c r="G18" s="204"/>
+      <c r="H18" s="204"/>
+      <c r="I18" s="204"/>
+      <c r="J18" s="204"/>
+      <c r="K18" s="204"/>
+      <c r="L18" s="205"/>
+      <c r="M18" s="205"/>
+      <c r="N18" s="205"/>
+      <c r="O18" s="205"/>
+      <c r="P18" s="205"/>
+      <c r="Q18" s="205"/>
+      <c r="R18" s="205"/>
+      <c r="S18" s="205"/>
+      <c r="T18" s="205"/>
+      <c r="U18" s="205"/>
+      <c r="V18" s="205"/>
+      <c r="W18" s="205"/>
+      <c r="X18" s="205"/>
+      <c r="Y18" s="205"/>
+      <c r="Z18" s="205"/>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="258"/>
+      <c r="B19" s="258"/>
+      <c r="C19" s="258"/>
+      <c r="D19" s="258"/>
+      <c r="E19" s="258"/>
+      <c r="F19" s="204"/>
+      <c r="G19" s="204"/>
+      <c r="H19" s="204"/>
+      <c r="I19" s="204"/>
+      <c r="J19" s="204"/>
+      <c r="K19" s="204"/>
+      <c r="L19" s="205"/>
+      <c r="M19" s="205"/>
+      <c r="N19" s="205"/>
+      <c r="O19" s="205"/>
+      <c r="P19" s="205"/>
+      <c r="Q19" s="205"/>
+      <c r="R19" s="205"/>
+      <c r="S19" s="205"/>
+      <c r="T19" s="205"/>
+      <c r="U19" s="205"/>
+      <c r="V19" s="205"/>
+      <c r="W19" s="205"/>
+      <c r="X19" s="205"/>
+      <c r="Y19" s="205"/>
+      <c r="Z19" s="205"/>
+    </row>
+    <row r="20" spans="1:26" ht="14.25">
+      <c r="A20" s="258"/>
+      <c r="B20" s="258"/>
+      <c r="C20" s="258"/>
+      <c r="D20" s="258"/>
+      <c r="E20" s="258"/>
+      <c r="F20" s="182"/>
+      <c r="G20" s="182"/>
+      <c r="H20" s="182"/>
+      <c r="I20" s="182"/>
+      <c r="J20" s="182"/>
+      <c r="K20" s="182"/>
+    </row>
+    <row r="21" spans="1:26" ht="14.25">
+      <c r="A21" s="251" t="s">
         <v>1093</v>
       </c>
-      <c r="B18" s="247"/>
-[...23 lines deleted...]
-      <c r="A20" s="251" t="s">
+      <c r="B21" s="247"/>
+      <c r="C21" s="247"/>
+      <c r="D21" s="247"/>
+      <c r="E21" s="247"/>
+      <c r="F21" s="247"/>
+      <c r="G21" s="247"/>
+      <c r="H21" s="247"/>
+      <c r="I21" s="247"/>
+      <c r="J21" s="247"/>
+      <c r="K21" s="247"/>
+    </row>
+    <row r="22" spans="1:26" ht="15" customHeight="1">
+      <c r="A22" s="183"/>
+      <c r="B22" s="183"/>
+      <c r="C22" s="183"/>
+      <c r="D22" s="183"/>
+      <c r="E22" s="183"/>
+      <c r="F22" s="183"/>
+      <c r="G22" s="183"/>
+      <c r="H22" s="183"/>
+      <c r="I22" s="183"/>
+      <c r="J22" s="183"/>
+    </row>
+    <row r="23" spans="1:26" ht="14.25" customHeight="1">
+      <c r="A23" s="251" t="s">
         <v>323</v>
       </c>
-      <c r="B20" s="247"/>
-[...21 lines deleted...]
-      <c r="A23" s="185" t="s">
+      <c r="B23" s="247"/>
+      <c r="E23" s="183"/>
+      <c r="F23" s="183"/>
+      <c r="G23" s="183"/>
+      <c r="H23" s="183"/>
+      <c r="I23" s="183"/>
+      <c r="J23" s="183"/>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" s="206"/>
+      <c r="B24" s="206"/>
+      <c r="E24" s="183"/>
+      <c r="F24" s="183"/>
+      <c r="G24" s="183"/>
+      <c r="H24" s="183"/>
+      <c r="I24" s="183"/>
+      <c r="J24" s="183"/>
+    </row>
+    <row r="25" spans="1:26" ht="15" customHeight="1">
+      <c r="D25" s="203"/>
+    </row>
+    <row r="26" spans="1:26" ht="15.75" thickBot="1">
+      <c r="A26" s="185" t="s">
         <v>324</v>
       </c>
-      <c r="D23" s="203"/>
-      <c r="E23" s="186" t="s">
+      <c r="D26" s="203"/>
+      <c r="E26" s="186" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="26.25" customHeight="1" thickBot="1">
-      <c r="A24" s="187" t="s">
+    <row r="27" spans="1:26" ht="26.25" customHeight="1" thickBot="1">
+      <c r="A27" s="187" t="s">
         <v>326</v>
       </c>
-      <c r="B24" s="188" t="s">
+      <c r="B27" s="188" t="s">
         <v>327</v>
       </c>
-      <c r="C24" s="188" t="s">
+      <c r="C27" s="188" t="s">
         <v>86</v>
       </c>
-      <c r="D24" s="207" t="s">
+      <c r="D27" s="207" t="s">
         <v>351</v>
       </c>
-      <c r="E24" s="208" t="s">
+      <c r="E27" s="208" t="s">
         <v>2</v>
       </c>
-      <c r="F24" s="256" t="s">
+      <c r="F27" s="260" t="s">
         <v>352</v>
       </c>
-      <c r="G24" s="257"/>
-[...6 lines deleted...]
-      <c r="A25" s="189">
+      <c r="G27" s="261"/>
+      <c r="H27" s="261"/>
+      <c r="I27" s="261"/>
+      <c r="J27" s="261"/>
+      <c r="K27" s="261"/>
+    </row>
+    <row r="28" spans="1:26" ht="39" thickBot="1">
+      <c r="A28" s="189">
         <v>1</v>
       </c>
-      <c r="B25" s="190" t="s">
+      <c r="B28" s="190" t="s">
         <v>1094</v>
       </c>
-      <c r="C25" s="191" t="s">
+      <c r="C28" s="191" t="s">
         <v>1095</v>
       </c>
-      <c r="D25" s="209" t="s">
+      <c r="D28" s="209" t="s">
         <v>354</v>
       </c>
-      <c r="E25" s="210" t="s">
+      <c r="E28" s="210" t="s">
         <v>355</v>
       </c>
-      <c r="F25" s="258" t="s">
+      <c r="F28" s="262" t="s">
         <v>1096</v>
       </c>
-      <c r="G25" s="255"/>
-[...6 lines deleted...]
-      <c r="A26" s="194">
+      <c r="G28" s="254"/>
+      <c r="H28" s="254"/>
+      <c r="I28" s="254"/>
+      <c r="J28" s="254"/>
+      <c r="K28" s="254"/>
+    </row>
+    <row r="29" spans="1:26" ht="33.75" customHeight="1" thickBot="1">
+      <c r="A29" s="194">
         <v>2</v>
       </c>
-      <c r="B26" s="190" t="s">
+      <c r="B29" s="190" t="s">
         <v>1097</v>
       </c>
-      <c r="C26" s="192" t="s">
+      <c r="C29" s="192" t="s">
         <v>357</v>
       </c>
-      <c r="D26" s="211" t="s">
+      <c r="D29" s="211" t="s">
         <v>354</v>
       </c>
-      <c r="E26" s="191" t="s">
+      <c r="E29" s="191" t="s">
         <v>358</v>
       </c>
-      <c r="F26" s="258" t="s">
+      <c r="F29" s="262" t="s">
         <v>359</v>
       </c>
-      <c r="G26" s="255"/>
-[...6 lines deleted...]
-      <c r="A27" s="189">
+      <c r="G29" s="254"/>
+      <c r="H29" s="254"/>
+      <c r="I29" s="254"/>
+      <c r="J29" s="254"/>
+      <c r="K29" s="254"/>
+    </row>
+    <row r="30" spans="1:26" ht="82.5" customHeight="1" thickBot="1">
+      <c r="A30" s="189">
         <v>3</v>
       </c>
-      <c r="B27" s="190" t="s">
+      <c r="B30" s="190" t="s">
         <v>1098</v>
       </c>
-      <c r="C27" s="192" t="s">
+      <c r="C30" s="192" t="s">
         <v>1217</v>
       </c>
-      <c r="D27" s="211" t="s">
+      <c r="D30" s="211" t="s">
         <v>354</v>
       </c>
-      <c r="E27" s="192" t="s">
+      <c r="E30" s="192" t="s">
         <v>360</v>
       </c>
-      <c r="F27" s="254" t="s">
+      <c r="F30" s="253" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G30" s="254"/>
+      <c r="H30" s="254"/>
+      <c r="I30" s="254"/>
+      <c r="J30" s="254"/>
+      <c r="K30" s="254"/>
+    </row>
+    <row r="31" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A31" s="194">
+        <v>4</v>
+      </c>
+      <c r="B31" s="190" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C31" s="192" t="s">
+        <v>361</v>
+      </c>
+      <c r="D31" s="211" t="s">
+        <v>354</v>
+      </c>
+      <c r="E31" s="192"/>
+      <c r="F31" s="253" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G31" s="254"/>
+      <c r="H31" s="254"/>
+      <c r="I31" s="254"/>
+      <c r="J31" s="254"/>
+      <c r="K31" s="254"/>
+    </row>
+    <row r="32" spans="1:26" ht="203.25" customHeight="1" thickBot="1">
+      <c r="A32" s="189">
+        <v>5</v>
+      </c>
+      <c r="B32" s="190" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C32" s="192" t="s">
+        <v>366</v>
+      </c>
+      <c r="D32" s="212" t="s">
+        <v>354</v>
+      </c>
+      <c r="E32" s="213" t="s">
+        <v>367</v>
+      </c>
+      <c r="F32" s="253" t="s">
         <v>1227</v>
       </c>
-      <c r="G27" s="255"/>
-[...15 lines deleted...]
-      <c r="D28" s="211" t="s">
+      <c r="G32" s="254"/>
+      <c r="H32" s="254"/>
+      <c r="I32" s="254"/>
+      <c r="J32" s="254"/>
+      <c r="K32" s="254"/>
+    </row>
+    <row r="33" spans="1:26" ht="45" customHeight="1" thickBot="1">
+      <c r="A33" s="189">
+        <v>6</v>
+      </c>
+      <c r="B33" s="190" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C33" s="192" t="s">
+        <v>381</v>
+      </c>
+      <c r="D33" s="212" t="s">
         <v>354</v>
       </c>
-      <c r="E28" s="192"/>
-[...19 lines deleted...]
-      <c r="D29" s="212" t="s">
+      <c r="E33" s="192" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F33" s="253" t="s">
+        <v>383</v>
+      </c>
+      <c r="G33" s="254"/>
+      <c r="H33" s="254"/>
+      <c r="I33" s="254"/>
+      <c r="J33" s="254"/>
+      <c r="K33" s="254"/>
+    </row>
+    <row r="34" spans="1:26" ht="51.75" thickBot="1">
+      <c r="A34" s="194">
+        <v>7</v>
+      </c>
+      <c r="B34" s="196" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C34" s="146" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D34" s="214" t="s">
+        <v>363</v>
+      </c>
+      <c r="E34" s="146"/>
+      <c r="F34" s="253"/>
+      <c r="G34" s="254"/>
+      <c r="H34" s="254"/>
+      <c r="I34" s="254"/>
+      <c r="J34" s="254"/>
+      <c r="K34" s="254"/>
+    </row>
+    <row r="35" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A35" s="189">
+        <v>8</v>
+      </c>
+      <c r="B35" s="196" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C35" s="146" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D35" s="215" t="s">
+        <v>363</v>
+      </c>
+      <c r="E35" s="146" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F35" s="253" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G35" s="254"/>
+      <c r="H35" s="254"/>
+      <c r="I35" s="254"/>
+      <c r="J35" s="254"/>
+      <c r="K35" s="254"/>
+    </row>
+    <row r="36" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A36" s="194">
+        <v>9</v>
+      </c>
+      <c r="B36" s="196" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" s="146" t="s">
+        <v>371</v>
+      </c>
+      <c r="D36" s="214" t="s">
         <v>354</v>
       </c>
-      <c r="E29" s="213" t="s">
-[...95 lines deleted...]
-      <c r="E33" s="146" t="s">
+      <c r="E36" s="146" t="s">
         <v>372</v>
       </c>
-      <c r="F33" s="254" t="s">
+      <c r="F36" s="253" t="s">
         <v>373</v>
       </c>
-      <c r="G33" s="255"/>
-[...6 lines deleted...]
-      <c r="A34" s="189">
+      <c r="G36" s="254"/>
+      <c r="H36" s="254"/>
+      <c r="I36" s="254"/>
+      <c r="J36" s="254"/>
+      <c r="K36" s="254"/>
+    </row>
+    <row r="37" spans="1:26" ht="53.25" customHeight="1" thickBot="1">
+      <c r="A37" s="189">
         <v>10</v>
       </c>
-      <c r="B34" s="196" t="s">
+      <c r="B37" s="196" t="s">
         <v>1110</v>
       </c>
-      <c r="C34" s="146" t="s">
+      <c r="C37" s="146" t="s">
         <v>1111</v>
       </c>
-      <c r="D34" s="146"/>
-      <c r="E34" s="146" t="s">
+      <c r="D37" s="146"/>
+      <c r="E37" s="146" t="s">
         <v>1112</v>
       </c>
-      <c r="F34" s="254" t="s">
+      <c r="F37" s="253" t="s">
         <v>376</v>
       </c>
-      <c r="G34" s="255"/>
-[...6 lines deleted...]
-      <c r="A35" s="189">
+      <c r="G37" s="254"/>
+      <c r="H37" s="254"/>
+      <c r="I37" s="254"/>
+      <c r="J37" s="254"/>
+      <c r="K37" s="254"/>
+    </row>
+    <row r="38" spans="1:26" ht="53.25" customHeight="1" thickBot="1">
+      <c r="A38" s="189">
         <v>11</v>
       </c>
-      <c r="B35" s="196" t="s">
+      <c r="B38" s="196" t="s">
         <v>1113</v>
       </c>
-      <c r="C35" s="146" t="s">
+      <c r="C38" s="146" t="s">
         <v>1111</v>
       </c>
-      <c r="D35" s="146"/>
-[...1 lines deleted...]
-      <c r="F35" s="254" t="s">
+      <c r="D38" s="146"/>
+      <c r="E38" s="146"/>
+      <c r="F38" s="253" t="s">
         <v>376</v>
       </c>
-      <c r="G35" s="255"/>
-[...21 lines deleted...]
-      <c r="A36" s="194">
+      <c r="G38" s="254"/>
+      <c r="H38" s="254"/>
+      <c r="I38" s="254"/>
+      <c r="J38" s="254"/>
+      <c r="K38" s="254"/>
+      <c r="L38" s="216"/>
+      <c r="M38" s="216"/>
+      <c r="N38" s="216"/>
+      <c r="O38" s="216"/>
+      <c r="P38" s="216"/>
+      <c r="Q38" s="216"/>
+      <c r="R38" s="216"/>
+      <c r="S38" s="216"/>
+      <c r="T38" s="216"/>
+      <c r="U38" s="216"/>
+      <c r="V38" s="216"/>
+      <c r="W38" s="216"/>
+      <c r="X38" s="216"/>
+      <c r="Y38" s="216"/>
+      <c r="Z38" s="216"/>
+    </row>
+    <row r="39" spans="1:26" ht="39" thickBot="1">
+      <c r="A39" s="194">
         <v>12</v>
       </c>
-      <c r="B36" s="196" t="s">
+      <c r="B39" s="196" t="s">
         <v>1114</v>
       </c>
-      <c r="C36" s="146" t="s">
+      <c r="C39" s="146" t="s">
         <v>1115</v>
-      </c>
-[...61 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="D39" s="215"/>
       <c r="E39" s="146"/>
-      <c r="F39" s="254" t="s">
+      <c r="F39" s="253" t="s">
         <v>376</v>
       </c>
-      <c r="G39" s="255"/>
-[...5 lines deleted...]
-    <row r="40" spans="1:26" ht="96.75" customHeight="1" thickBot="1">
+      <c r="G39" s="254"/>
+      <c r="H39" s="254"/>
+      <c r="I39" s="254"/>
+      <c r="J39" s="254"/>
+      <c r="K39" s="254"/>
+    </row>
+    <row r="40" spans="1:26" ht="64.5" thickBot="1">
       <c r="A40" s="189">
+        <v>13</v>
+      </c>
+      <c r="B40" s="196" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C40" s="146" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D40" s="215"/>
+      <c r="E40" s="146"/>
+      <c r="F40" s="253" t="s">
+        <v>376</v>
+      </c>
+      <c r="G40" s="254"/>
+      <c r="H40" s="254"/>
+      <c r="I40" s="254"/>
+      <c r="J40" s="254"/>
+      <c r="K40" s="254"/>
+    </row>
+    <row r="41" spans="1:26" ht="64.5" thickBot="1">
+      <c r="A41" s="194">
+        <v>14</v>
+      </c>
+      <c r="B41" s="196" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C41" s="146" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D41" s="215"/>
+      <c r="E41" s="146"/>
+      <c r="F41" s="253" t="s">
+        <v>376</v>
+      </c>
+      <c r="G41" s="254"/>
+      <c r="H41" s="254"/>
+      <c r="I41" s="254"/>
+      <c r="J41" s="254"/>
+      <c r="K41" s="254"/>
+    </row>
+    <row r="42" spans="1:26" ht="64.5" thickBot="1">
+      <c r="A42" s="189">
+        <v>15</v>
+      </c>
+      <c r="B42" s="196" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C42" s="146" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D42" s="215"/>
+      <c r="E42" s="146"/>
+      <c r="F42" s="253" t="s">
+        <v>376</v>
+      </c>
+      <c r="G42" s="254"/>
+      <c r="H42" s="254"/>
+      <c r="I42" s="254"/>
+      <c r="J42" s="254"/>
+      <c r="K42" s="254"/>
+    </row>
+    <row r="43" spans="1:26" ht="96.75" customHeight="1" thickBot="1">
+      <c r="A43" s="189">
         <v>16</v>
       </c>
-      <c r="B40" s="196" t="s">
+      <c r="B43" s="196" t="s">
         <v>1120</v>
       </c>
-      <c r="C40" s="146" t="s">
+      <c r="C43" s="146" t="s">
         <v>384</v>
       </c>
-      <c r="D40" s="215"/>
-      <c r="E40" s="146" t="s">
+      <c r="D43" s="215"/>
+      <c r="E43" s="146" t="s">
         <v>1141</v>
       </c>
-      <c r="F40" s="254" t="s">
+      <c r="F43" s="253" t="s">
         <v>1219</v>
       </c>
-      <c r="G40" s="255"/>
-[...6 lines deleted...]
-      <c r="A41" s="194">
+      <c r="G43" s="254"/>
+      <c r="H43" s="254"/>
+      <c r="I43" s="254"/>
+      <c r="J43" s="254"/>
+      <c r="K43" s="254"/>
+    </row>
+    <row r="44" spans="1:26" ht="94.5" customHeight="1" thickBot="1">
+      <c r="A44" s="194">
         <v>17</v>
       </c>
-      <c r="B41" s="196" t="s">
+      <c r="B44" s="196" t="s">
         <v>1121</v>
       </c>
-      <c r="C41" s="146" t="s">
+      <c r="C44" s="146" t="s">
         <v>389</v>
       </c>
-      <c r="D41" s="215" t="s">
+      <c r="D44" s="215" t="s">
         <v>363</v>
       </c>
-      <c r="E41" s="146" t="s">
+      <c r="E44" s="146" t="s">
         <v>1141</v>
       </c>
-      <c r="F41" s="261" t="s">
+      <c r="F44" s="255" t="s">
         <v>1218</v>
       </c>
-      <c r="G41" s="262"/>
-[...6 lines deleted...]
-      <c r="A42" s="189">
+      <c r="G44" s="256"/>
+      <c r="H44" s="256"/>
+      <c r="I44" s="256"/>
+      <c r="J44" s="256"/>
+      <c r="K44" s="256"/>
+    </row>
+    <row r="45" spans="1:26" ht="39" customHeight="1" thickBot="1">
+      <c r="A45" s="189">
         <v>18</v>
       </c>
-      <c r="B42" s="196" t="s">
+      <c r="B45" s="196" t="s">
         <v>1122</v>
       </c>
-      <c r="C42" s="146" t="s">
+      <c r="C45" s="146" t="s">
         <v>1123</v>
       </c>
-      <c r="D42" s="215" t="s">
+      <c r="D45" s="215" t="s">
         <v>363</v>
       </c>
-      <c r="E42" s="146"/>
-      <c r="F42" s="254" t="s">
+      <c r="E45" s="146"/>
+      <c r="F45" s="253" t="s">
         <v>394</v>
       </c>
-      <c r="G42" s="255"/>
-[...6 lines deleted...]
-      <c r="A43" s="194">
+      <c r="G45" s="254"/>
+      <c r="H45" s="254"/>
+      <c r="I45" s="254"/>
+      <c r="J45" s="254"/>
+      <c r="K45" s="254"/>
+    </row>
+    <row r="46" spans="1:26" ht="64.5" thickBot="1">
+      <c r="A46" s="194">
         <v>19</v>
       </c>
-      <c r="B43" s="196" t="s">
+      <c r="B46" s="196" t="s">
         <v>1124</v>
       </c>
-      <c r="C43" s="146" t="s">
+      <c r="C46" s="146" t="s">
         <v>1125</v>
       </c>
-      <c r="D43" s="215"/>
-[...1 lines deleted...]
-      <c r="F43" s="254" t="s">
+      <c r="D46" s="215"/>
+      <c r="E46" s="146"/>
+      <c r="F46" s="253" t="s">
         <v>394</v>
       </c>
-      <c r="G43" s="255"/>
-[...6 lines deleted...]
-      <c r="A44" s="189">
+      <c r="G46" s="254"/>
+      <c r="H46" s="254"/>
+      <c r="I46" s="254"/>
+      <c r="J46" s="254"/>
+      <c r="K46" s="254"/>
+    </row>
+    <row r="47" spans="1:26" ht="39" thickBot="1">
+      <c r="A47" s="189">
         <v>20</v>
       </c>
-      <c r="B44" s="196" t="s">
+      <c r="B47" s="196" t="s">
         <v>1126</v>
       </c>
-      <c r="C44" s="146" t="s">
+      <c r="C47" s="146" t="s">
         <v>1127</v>
       </c>
-      <c r="D44" s="215"/>
-[...1 lines deleted...]
-      <c r="F44" s="254" t="s">
+      <c r="D47" s="215"/>
+      <c r="E47" s="146"/>
+      <c r="F47" s="253" t="s">
         <v>394</v>
       </c>
-      <c r="G44" s="255"/>
-[...6 lines deleted...]
-      <c r="A45" s="189">
+      <c r="G47" s="254"/>
+      <c r="H47" s="254"/>
+      <c r="I47" s="254"/>
+      <c r="J47" s="254"/>
+      <c r="K47" s="254"/>
+    </row>
+    <row r="48" spans="1:26" ht="39" thickBot="1">
+      <c r="A48" s="189">
         <v>21</v>
       </c>
-      <c r="B45" s="196" t="s">
+      <c r="B48" s="196" t="s">
         <v>1128</v>
       </c>
-      <c r="C45" s="146" t="s">
+      <c r="C48" s="146" t="s">
         <v>1129</v>
-      </c>
-[...71 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="D48" s="215"/>
       <c r="E48" s="146" t="s">
+        <v>398</v>
+      </c>
+      <c r="F48" s="253" t="s">
+        <v>376</v>
+      </c>
+      <c r="G48" s="254"/>
+      <c r="H48" s="254"/>
+      <c r="I48" s="254"/>
+      <c r="J48" s="254"/>
+      <c r="K48" s="254"/>
+    </row>
+    <row r="49" spans="1:12" ht="67.5" customHeight="1" thickBot="1">
+      <c r="A49" s="194">
+        <v>22</v>
+      </c>
+      <c r="B49" s="196" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C49" s="146" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D49" s="214" t="s">
+        <v>363</v>
+      </c>
+      <c r="E49" s="146" t="s">
+        <v>364</v>
+      </c>
+      <c r="F49" s="253" t="s">
+        <v>365</v>
+      </c>
+      <c r="G49" s="254"/>
+      <c r="H49" s="254"/>
+      <c r="I49" s="254"/>
+      <c r="J49" s="254"/>
+      <c r="K49" s="254"/>
+    </row>
+    <row r="50" spans="1:12" ht="170.25" customHeight="1" thickBot="1">
+      <c r="A50" s="189">
+        <v>23</v>
+      </c>
+      <c r="B50" s="196" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C50" s="146" t="s">
+        <v>386</v>
+      </c>
+      <c r="D50" s="215" t="s">
+        <v>363</v>
+      </c>
+      <c r="E50" s="146" t="s">
         <v>1141</v>
       </c>
-      <c r="F48" s="254" t="s">
+      <c r="F50" s="253" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G50" s="254"/>
+      <c r="H50" s="254"/>
+      <c r="I50" s="254"/>
+      <c r="J50" s="254"/>
+      <c r="K50" s="254"/>
+    </row>
+    <row r="51" spans="1:12" ht="59.25" customHeight="1" thickBot="1">
+      <c r="A51" s="194">
+        <v>24</v>
+      </c>
+      <c r="B51" s="196" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C51" s="146" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D51" s="215"/>
+      <c r="E51" s="146" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F51" s="253" t="s">
         <v>1221</v>
       </c>
-      <c r="G48" s="255"/>
-[...6 lines deleted...]
-      <c r="A49" s="189">
+      <c r="G51" s="254"/>
+      <c r="H51" s="254"/>
+      <c r="I51" s="254"/>
+      <c r="J51" s="254"/>
+      <c r="K51" s="254"/>
+    </row>
+    <row r="52" spans="1:12" ht="26.25" thickBot="1">
+      <c r="A52" s="189">
         <v>25</v>
       </c>
-      <c r="B49" s="196" t="s">
+      <c r="B52" s="196" t="s">
         <v>1135</v>
       </c>
-      <c r="C49" s="146" t="s">
+      <c r="C52" s="146" t="s">
         <v>441</v>
       </c>
-      <c r="D49" s="215"/>
-[...1 lines deleted...]
-      <c r="F49" s="254" t="s">
+      <c r="D52" s="215"/>
+      <c r="E52" s="146"/>
+      <c r="F52" s="253" t="s">
         <v>1222</v>
       </c>
-      <c r="G49" s="255"/>
-[...6 lines deleted...]
-      <c r="A50" s="189">
+      <c r="G52" s="254"/>
+      <c r="H52" s="254"/>
+      <c r="I52" s="254"/>
+      <c r="J52" s="254"/>
+      <c r="K52" s="254"/>
+    </row>
+    <row r="53" spans="1:12" ht="51.75" thickBot="1">
+      <c r="A53" s="189">
         <v>26</v>
       </c>
-      <c r="B50" s="196" t="s">
+      <c r="B53" s="196" t="s">
         <v>1136</v>
       </c>
-      <c r="C50" s="146" t="s">
+      <c r="C53" s="146" t="s">
         <v>1137</v>
       </c>
-      <c r="D50" s="215"/>
-[...9 lines deleted...]
-      <c r="A51" s="194">
+      <c r="D53" s="215"/>
+      <c r="E53" s="146"/>
+      <c r="F53" s="140"/>
+      <c r="G53" s="140"/>
+      <c r="H53" s="140"/>
+      <c r="I53" s="140"/>
+      <c r="J53" s="140"/>
+      <c r="K53" s="140"/>
+    </row>
+    <row r="54" spans="1:12" ht="142.5" customHeight="1" thickBot="1">
+      <c r="A54" s="194">
         <v>27</v>
       </c>
-      <c r="B51" s="196" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="146" t="s">
+      <c r="B54" s="196" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C54" s="146" t="s">
         <v>1138</v>
       </c>
-      <c r="D51" s="215"/>
-[...11 lines deleted...]
-      <c r="A52" s="194">
+      <c r="D54" s="215"/>
+      <c r="E54" s="146"/>
+      <c r="F54" s="259" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G54" s="259"/>
+      <c r="H54" s="259"/>
+      <c r="I54" s="259"/>
+      <c r="J54" s="259"/>
+      <c r="K54" s="259"/>
+    </row>
+    <row r="55" spans="1:12" ht="128.25" thickBot="1">
+      <c r="A55" s="194">
         <v>28</v>
       </c>
-      <c r="B52" s="196" t="s">
+      <c r="B55" s="196" t="s">
         <v>1139</v>
       </c>
-      <c r="C52" s="146" t="s">
+      <c r="C55" s="146" t="s">
         <v>1140</v>
       </c>
-      <c r="D52" s="215"/>
-      <c r="E52" s="146" t="s">
+      <c r="D55" s="215"/>
+      <c r="E55" s="146" t="s">
         <v>1141</v>
       </c>
-      <c r="F52" s="253" t="s">
-[...23 lines deleted...]
-      <c r="A54" s="197" t="s">
+      <c r="F55" s="259" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G55" s="259"/>
+      <c r="H55" s="259"/>
+      <c r="I55" s="259"/>
+      <c r="J55" s="259"/>
+      <c r="K55" s="259"/>
+    </row>
+    <row r="56" spans="1:12" ht="14.25" customHeight="1">
+      <c r="A56" s="217"/>
+      <c r="B56" s="217"/>
+      <c r="C56" s="217"/>
+      <c r="D56" s="217"/>
+      <c r="E56" s="217"/>
+      <c r="F56" s="217"/>
+      <c r="G56" s="217"/>
+      <c r="H56" s="217"/>
+      <c r="I56" s="217"/>
+      <c r="J56" s="217"/>
+      <c r="K56" s="217"/>
+      <c r="L56" s="217"/>
+    </row>
+    <row r="57" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A57" s="197" t="s">
         <v>450</v>
       </c>
-      <c r="D54" s="203"/>
-[...2 lines deleted...]
-      <c r="A55" s="218" t="s">
+      <c r="D57" s="203"/>
+    </row>
+    <row r="58" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A58" s="218" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="56" spans="1:12" ht="15.75" customHeight="1">
-      <c r="B56" s="219" t="s">
+    <row r="59" spans="1:12" ht="15.75" customHeight="1">
+      <c r="B59" s="219" t="s">
         <v>1142</v>
       </c>
     </row>
-    <row r="57" spans="1:12" ht="15.75" customHeight="1">
-      <c r="A57" s="218" t="s">
+    <row r="60" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A60" s="218" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="58" spans="1:12" ht="15.75" customHeight="1">
-      <c r="B58" s="219" t="s">
+    <row r="61" spans="1:12" ht="15.75" customHeight="1">
+      <c r="B61" s="219" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="59" spans="1:12" ht="15.75" customHeight="1">
-      <c r="A59" s="218" t="s">
+    <row r="62" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A62" s="218" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="60" spans="1:12" ht="15.75" customHeight="1">
-      <c r="B60" s="219" t="s">
+    <row r="63" spans="1:12" ht="15.75" customHeight="1">
+      <c r="B63" s="219" t="s">
         <v>1143</v>
       </c>
     </row>
-    <row r="61" spans="1:12" ht="15.75" customHeight="1">
-[...4 lines deleted...]
-      <c r="A62" s="220" t="s">
+    <row r="64" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A64" s="197"/>
+      <c r="D64" s="203"/>
+    </row>
+    <row r="65" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A65" s="220" t="s">
         <v>1144</v>
       </c>
-      <c r="B62" s="221"/>
-[...19 lines deleted...]
-    <row r="66" spans="4:4" ht="15.75" customHeight="1">
+      <c r="B65" s="221"/>
+      <c r="C65" s="221"/>
+      <c r="D65" s="222"/>
+      <c r="E65" s="221"/>
+      <c r="F65" s="221"/>
+      <c r="G65" s="221"/>
+      <c r="H65" s="221"/>
+      <c r="I65" s="221"/>
+      <c r="J65" s="221"/>
+      <c r="K65" s="221"/>
+    </row>
+    <row r="66" spans="1:11" ht="15.75" customHeight="1">
       <c r="D66" s="203"/>
     </row>
-    <row r="67" spans="4:4" ht="15.75" customHeight="1">
+    <row r="67" spans="1:11" ht="15.75" customHeight="1">
       <c r="D67" s="203"/>
     </row>
-    <row r="68" spans="4:4" ht="15.75" customHeight="1">
+    <row r="68" spans="1:11" ht="15.75" customHeight="1">
       <c r="D68" s="203"/>
     </row>
-    <row r="69" spans="4:4" ht="15.75" customHeight="1">
+    <row r="69" spans="1:11" ht="15.75" customHeight="1">
       <c r="D69" s="203"/>
     </row>
-    <row r="70" spans="4:4" ht="15.75" customHeight="1">
+    <row r="70" spans="1:11" ht="15.75" customHeight="1">
       <c r="D70" s="203"/>
     </row>
-    <row r="71" spans="4:4" ht="15.75" customHeight="1">
+    <row r="71" spans="1:11" ht="15.75" customHeight="1">
       <c r="D71" s="203"/>
     </row>
-    <row r="72" spans="4:4" ht="15.75" customHeight="1">
+    <row r="72" spans="1:11" ht="15.75" customHeight="1">
       <c r="D72" s="203"/>
     </row>
-    <row r="73" spans="4:4" ht="15.75" customHeight="1">
+    <row r="73" spans="1:11" ht="15.75" customHeight="1">
       <c r="D73" s="203"/>
     </row>
-    <row r="74" spans="4:4" ht="15.75" customHeight="1">
+    <row r="74" spans="1:11" ht="15.75" customHeight="1">
       <c r="D74" s="203"/>
     </row>
-    <row r="75" spans="4:4" ht="15.75" customHeight="1">
+    <row r="75" spans="1:11" ht="15.75" customHeight="1">
       <c r="D75" s="203"/>
     </row>
-    <row r="76" spans="4:4" ht="15.75" customHeight="1">
+    <row r="76" spans="1:11" ht="15.75" customHeight="1">
       <c r="D76" s="203"/>
     </row>
-    <row r="77" spans="4:4" ht="15.75" customHeight="1">
+    <row r="77" spans="1:11" ht="15.75" customHeight="1">
       <c r="D77" s="203"/>
     </row>
-    <row r="78" spans="4:4" ht="15.75" customHeight="1">
+    <row r="78" spans="1:11" ht="15.75" customHeight="1">
       <c r="D78" s="203"/>
     </row>
-    <row r="79" spans="4:4" ht="15.75" customHeight="1">
+    <row r="79" spans="1:11" ht="15.75" customHeight="1">
       <c r="D79" s="203"/>
     </row>
-    <row r="80" spans="4:4" ht="15.75" customHeight="1">
+    <row r="80" spans="1:11" ht="15.75" customHeight="1">
       <c r="D80" s="203"/>
     </row>
     <row r="81" spans="4:4" ht="15.75" customHeight="1">
       <c r="D81" s="203"/>
     </row>
     <row r="82" spans="4:4" ht="15.75" customHeight="1">
       <c r="D82" s="203"/>
     </row>
     <row r="83" spans="4:4" ht="15.75" customHeight="1">
       <c r="D83" s="203"/>
     </row>
     <row r="84" spans="4:4" ht="15.75" customHeight="1">
       <c r="D84" s="203"/>
     </row>
     <row r="85" spans="4:4" ht="15.75" customHeight="1">
       <c r="D85" s="203"/>
     </row>
     <row r="86" spans="4:4" ht="15.75" customHeight="1">
       <c r="D86" s="203"/>
     </row>
     <row r="87" spans="4:4" ht="15.75" customHeight="1">
       <c r="D87" s="203"/>
     </row>
     <row r="88" spans="4:4" ht="15.75" customHeight="1">
       <c r="D88" s="203"/>
@@ -35787,93 +35865,103 @@
     </row>
     <row r="936" spans="4:4" ht="15.75" customHeight="1">
       <c r="D936" s="203"/>
     </row>
     <row r="937" spans="4:4" ht="15.75" customHeight="1">
       <c r="D937" s="203"/>
     </row>
     <row r="938" spans="4:4" ht="15.75" customHeight="1">
       <c r="D938" s="203"/>
     </row>
     <row r="939" spans="4:4" ht="15.75" customHeight="1">
       <c r="D939" s="203"/>
     </row>
     <row r="940" spans="4:4" ht="15.75" customHeight="1">
       <c r="D940" s="203"/>
     </row>
     <row r="941" spans="4:4" ht="15.75" customHeight="1">
       <c r="D941" s="203"/>
     </row>
     <row r="942" spans="4:4" ht="15.75" customHeight="1">
       <c r="D942" s="203"/>
     </row>
     <row r="943" spans="4:4" ht="15.75" customHeight="1">
       <c r="D943" s="203"/>
     </row>
+    <row r="944" spans="4:4" ht="15.75" customHeight="1">
+      <c r="D944" s="203"/>
+    </row>
+    <row r="945" spans="4:4" ht="15.75" customHeight="1">
+      <c r="D945" s="203"/>
+    </row>
+    <row r="946" spans="4:4" ht="15.75" customHeight="1">
+      <c r="D946" s="203"/>
+    </row>
   </sheetData>
-  <mergeCells count="37">
-[...2 lines deleted...]
-    <mergeCell ref="F49:K49"/>
+  <mergeCells count="38">
+    <mergeCell ref="F54:K54"/>
+    <mergeCell ref="F55:K55"/>
+    <mergeCell ref="F30:K30"/>
+    <mergeCell ref="A2:K4"/>
+    <mergeCell ref="A5:K8"/>
+    <mergeCell ref="A9:K9"/>
+    <mergeCell ref="F27:K27"/>
+    <mergeCell ref="F28:K28"/>
+    <mergeCell ref="F29:K29"/>
+    <mergeCell ref="F42:K42"/>
+    <mergeCell ref="F31:K31"/>
+    <mergeCell ref="F32:K32"/>
+    <mergeCell ref="F33:K33"/>
+    <mergeCell ref="F34:K34"/>
+    <mergeCell ref="F35:K35"/>
+    <mergeCell ref="F36:K36"/>
+    <mergeCell ref="F37:K37"/>
+    <mergeCell ref="L9:U9"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="A21:K21"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A17:E20"/>
+    <mergeCell ref="A11:K12"/>
+    <mergeCell ref="F38:K38"/>
+    <mergeCell ref="F39:K39"/>
     <mergeCell ref="F40:K40"/>
     <mergeCell ref="F41:K41"/>
-    <mergeCell ref="F42:K42"/>
+    <mergeCell ref="F49:K49"/>
+    <mergeCell ref="F50:K50"/>
+    <mergeCell ref="F51:K51"/>
+    <mergeCell ref="F52:K52"/>
     <mergeCell ref="F43:K43"/>
     <mergeCell ref="F44:K44"/>
     <mergeCell ref="F45:K45"/>
-    <mergeCell ref="F35:K35"/>
-[...2 lines deleted...]
-    <mergeCell ref="F38:K38"/>
     <mergeCell ref="F46:K46"/>
-    <mergeCell ref="F34:K34"/>
-[...21 lines deleted...]
-    <mergeCell ref="F33:K33"/>
+    <mergeCell ref="F47:K47"/>
+    <mergeCell ref="F48:K48"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E29" r:id="rId1" xr:uid="{66C72C70-0EE0-4A12-8285-84CE8A32AB40}"/>
-    <hyperlink ref="B58" r:id="rId2" xr:uid="{58E5E957-51AF-47E7-9D1A-3EA9AC0B0C2A}"/>
+    <hyperlink ref="E32" r:id="rId1" xr:uid="{66C72C70-0EE0-4A12-8285-84CE8A32AB40}"/>
+    <hyperlink ref="B61" r:id="rId2" xr:uid="{58E5E957-51AF-47E7-9D1A-3EA9AC0B0C2A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{125CAEE3-C74C-40C2-AFFA-CF591C1E070F}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView topLeftCell="Q1" workbookViewId="0">
       <selection activeCell="AA2" sqref="AA2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="12.875" style="226" customWidth="1"/>
     <col min="2" max="2" width="12.625" style="226" customWidth="1"/>
     <col min="3" max="3" width="12" style="226" customWidth="1"/>
     <col min="4" max="4" width="14.375" style="226" customWidth="1"/>
     <col min="5" max="5" width="16.375" style="226" customWidth="1"/>
     <col min="6" max="6" width="15.375" style="226" customWidth="1"/>
@@ -35959,92 +36047,92 @@
       <c r="S1" s="224" t="s">
         <v>1124</v>
       </c>
       <c r="T1" s="224" t="s">
         <v>1126</v>
       </c>
       <c r="U1" s="224" t="s">
         <v>1128</v>
       </c>
       <c r="V1" s="224" t="s">
         <v>1130</v>
       </c>
       <c r="W1" s="224" t="s">
         <v>1132</v>
       </c>
       <c r="X1" s="224" t="s">
         <v>1133</v>
       </c>
       <c r="Y1" s="224" t="s">
         <v>1135</v>
       </c>
       <c r="Z1" s="224" t="s">
         <v>1136</v>
       </c>
       <c r="AA1" s="245" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="AB1" s="225" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="L2" s="227"/>
       <c r="M2" s="226"/>
       <c r="P2" s="244" t="s">
         <v>1141</v>
       </c>
       <c r="Q2" s="244" t="s">
         <v>1141</v>
       </c>
       <c r="W2" s="244" t="s">
         <v>1141</v>
       </c>
       <c r="X2" s="244" t="s">
         <v>1141</v>
       </c>
       <c r="Z2" s="224"/>
       <c r="AA2" s="224"/>
       <c r="AB2" s="224" t="s">
         <v>1141</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D6872A6-AAAE-4390-B3E6-0932CFFA4CB0}">
   <sheetPr>
     <tabColor rgb="FF0097DC"/>
   </sheetPr>
-  <dimension ref="A1:Z1005"/>
+  <dimension ref="A1:Z1009"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A38" workbookViewId="0">
-      <selection activeCell="M57" sqref="M57"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="4.125" style="121" customWidth="1"/>
     <col min="2" max="2" width="21.125" style="121" customWidth="1"/>
     <col min="3" max="3" width="40.375" style="121" customWidth="1"/>
     <col min="4" max="4" width="29.5" style="121" customWidth="1"/>
     <col min="5" max="8" width="8.125" style="121" customWidth="1"/>
     <col min="9" max="26" width="7.625" style="121" customWidth="1"/>
     <col min="27" max="16384" width="12.625" style="121"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="23.25">
       <c r="A1" s="136" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="2" spans="1:26" ht="15" customHeight="1">
       <c r="A2" s="250" t="s">
         <v>1146</v>
       </c>
       <c r="B2" s="247"/>
       <c r="C2" s="247"/>
       <c r="D2" s="247"/>
@@ -36110,729 +36198,839 @@
       <c r="D6" s="193"/>
       <c r="E6" s="193"/>
       <c r="F6" s="193"/>
       <c r="G6" s="193"/>
       <c r="H6" s="193"/>
       <c r="I6" s="193"/>
       <c r="J6" s="193"/>
       <c r="K6" s="193"/>
       <c r="L6" s="193"/>
       <c r="M6" s="193"/>
       <c r="N6" s="193"/>
       <c r="O6" s="193"/>
       <c r="P6" s="193"/>
       <c r="Q6" s="193"/>
       <c r="R6" s="193"/>
       <c r="S6" s="193"/>
       <c r="T6" s="193"/>
       <c r="U6" s="193"/>
       <c r="V6" s="193"/>
       <c r="W6" s="193"/>
       <c r="X6" s="193"/>
       <c r="Y6" s="193"/>
       <c r="Z6" s="193"/>
     </row>
     <row r="7" spans="1:26" ht="15" customHeight="1">
-      <c r="A7" s="268" t="s">
-[...4 lines deleted...]
-      <c r="D7" s="268"/>
+      <c r="A7" s="325" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B7" s="326"/>
+      <c r="C7" s="326"/>
+      <c r="D7" s="326"/>
       <c r="E7" s="193"/>
       <c r="F7" s="193"/>
       <c r="G7" s="193"/>
       <c r="H7" s="193"/>
       <c r="I7" s="193"/>
       <c r="J7" s="193"/>
       <c r="K7" s="193"/>
       <c r="L7" s="193"/>
       <c r="M7" s="193"/>
       <c r="N7" s="193"/>
       <c r="O7" s="193"/>
       <c r="P7" s="193"/>
       <c r="Q7" s="193"/>
       <c r="R7" s="193"/>
       <c r="S7" s="193"/>
       <c r="T7" s="193"/>
       <c r="U7" s="193"/>
       <c r="V7" s="193"/>
       <c r="W7" s="193"/>
       <c r="X7" s="193"/>
       <c r="Y7" s="193"/>
       <c r="Z7" s="193"/>
     </row>
     <row r="8" spans="1:26" ht="15" customHeight="1">
-      <c r="A8" s="229" t="s">
+      <c r="A8" s="326"/>
+      <c r="B8" s="326"/>
+      <c r="C8" s="326"/>
+      <c r="D8" s="326"/>
+      <c r="E8" s="193"/>
+      <c r="F8" s="193"/>
+      <c r="G8" s="193"/>
+      <c r="H8" s="193"/>
+      <c r="I8" s="193"/>
+      <c r="J8" s="193"/>
+      <c r="K8" s="193"/>
+      <c r="L8" s="193"/>
+      <c r="M8" s="193"/>
+      <c r="N8" s="193"/>
+      <c r="O8" s="193"/>
+      <c r="P8" s="193"/>
+      <c r="Q8" s="193"/>
+      <c r="R8" s="193"/>
+      <c r="S8" s="193"/>
+      <c r="T8" s="193"/>
+      <c r="U8" s="193"/>
+      <c r="V8" s="193"/>
+      <c r="W8" s="193"/>
+      <c r="X8" s="193"/>
+      <c r="Y8" s="193"/>
+      <c r="Z8" s="193"/>
+    </row>
+    <row r="9" spans="1:26" ht="23.25" customHeight="1">
+      <c r="A9" s="326"/>
+      <c r="B9" s="326"/>
+      <c r="C9" s="326"/>
+      <c r="D9" s="326"/>
+      <c r="E9" s="193"/>
+      <c r="F9" s="193"/>
+      <c r="G9" s="193"/>
+      <c r="H9" s="193"/>
+      <c r="I9" s="193"/>
+      <c r="J9" s="193"/>
+      <c r="K9" s="193"/>
+      <c r="L9" s="193"/>
+      <c r="M9" s="193"/>
+      <c r="N9" s="193"/>
+      <c r="O9" s="193"/>
+      <c r="P9" s="193"/>
+      <c r="Q9" s="193"/>
+      <c r="R9" s="193"/>
+      <c r="S9" s="193"/>
+      <c r="T9" s="193"/>
+      <c r="U9" s="193"/>
+      <c r="V9" s="193"/>
+      <c r="W9" s="193"/>
+      <c r="X9" s="193"/>
+      <c r="Y9" s="193"/>
+      <c r="Z9" s="193"/>
+    </row>
+    <row r="10" spans="1:26" ht="15" customHeight="1">
+      <c r="A10" s="228"/>
+      <c r="B10" s="193"/>
+      <c r="C10" s="193"/>
+      <c r="D10" s="193"/>
+      <c r="E10" s="193"/>
+      <c r="F10" s="193"/>
+      <c r="G10" s="193"/>
+      <c r="H10" s="193"/>
+      <c r="I10" s="193"/>
+      <c r="J10" s="193"/>
+      <c r="K10" s="193"/>
+      <c r="L10" s="193"/>
+      <c r="M10" s="193"/>
+      <c r="N10" s="193"/>
+      <c r="O10" s="193"/>
+      <c r="P10" s="193"/>
+      <c r="Q10" s="193"/>
+      <c r="R10" s="193"/>
+      <c r="S10" s="193"/>
+      <c r="T10" s="193"/>
+      <c r="U10" s="193"/>
+      <c r="V10" s="193"/>
+      <c r="W10" s="193"/>
+      <c r="X10" s="193"/>
+      <c r="Y10" s="193"/>
+      <c r="Z10" s="193"/>
+    </row>
+    <row r="11" spans="1:26" ht="15" customHeight="1">
+      <c r="A11" s="268" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B11" s="268"/>
+      <c r="C11" s="268"/>
+      <c r="D11" s="268"/>
+      <c r="E11" s="193"/>
+      <c r="F11" s="193"/>
+      <c r="G11" s="193"/>
+      <c r="H11" s="193"/>
+      <c r="I11" s="193"/>
+      <c r="J11" s="193"/>
+      <c r="K11" s="193"/>
+      <c r="L11" s="193"/>
+      <c r="M11" s="193"/>
+      <c r="N11" s="193"/>
+      <c r="O11" s="193"/>
+      <c r="P11" s="193"/>
+      <c r="Q11" s="193"/>
+      <c r="R11" s="193"/>
+      <c r="S11" s="193"/>
+      <c r="T11" s="193"/>
+      <c r="U11" s="193"/>
+      <c r="V11" s="193"/>
+      <c r="W11" s="193"/>
+      <c r="X11" s="193"/>
+      <c r="Y11" s="193"/>
+      <c r="Z11" s="193"/>
+    </row>
+    <row r="12" spans="1:26" ht="15" customHeight="1">
+      <c r="A12" s="229" t="s">
         <v>343</v>
       </c>
-      <c r="B8" s="183"/>
-[...45 lines deleted...]
-      <c r="D12" s="263"/>
+      <c r="B12" s="183"/>
+      <c r="C12" s="183"/>
+      <c r="D12" s="183"/>
       <c r="E12" s="183"/>
       <c r="F12" s="183"/>
       <c r="G12" s="183"/>
       <c r="H12" s="183"/>
     </row>
-    <row r="13" spans="1:26" ht="16.5" customHeight="1">
-[...4 lines deleted...]
-      <c r="E13" s="243"/>
+    <row r="13" spans="1:26" ht="60" customHeight="1">
+      <c r="A13" s="263" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B13" s="264"/>
+      <c r="C13" s="264"/>
+      <c r="D13" s="264"/>
+      <c r="E13" s="183"/>
       <c r="F13" s="183"/>
       <c r="G13" s="183"/>
       <c r="H13" s="183"/>
     </row>
-    <row r="14" spans="1:26" ht="15" customHeight="1">
-[...6 lines deleted...]
-      <c r="E14" s="265"/>
+    <row r="14" spans="1:26" ht="13.5" customHeight="1">
+      <c r="A14" s="263" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B14" s="263"/>
+      <c r="C14" s="263"/>
+      <c r="D14" s="263"/>
+      <c r="E14" s="183"/>
       <c r="F14" s="183"/>
       <c r="G14" s="183"/>
       <c r="H14" s="183"/>
     </row>
-    <row r="15" spans="1:26" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D15" s="183"/>
+    <row r="15" spans="1:26" ht="13.5" customHeight="1">
+      <c r="A15" s="263"/>
+      <c r="B15" s="263"/>
+      <c r="C15" s="263"/>
+      <c r="D15" s="263"/>
       <c r="E15" s="183"/>
       <c r="F15" s="183"/>
       <c r="G15" s="183"/>
       <c r="H15" s="183"/>
     </row>
-    <row r="16" spans="1:26" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D16" s="183"/>
+    <row r="16" spans="1:26" ht="13.5" customHeight="1">
+      <c r="A16" s="263"/>
+      <c r="B16" s="263"/>
+      <c r="C16" s="263"/>
+      <c r="D16" s="263"/>
       <c r="E16" s="183"/>
       <c r="F16" s="183"/>
       <c r="G16" s="183"/>
       <c r="H16" s="183"/>
     </row>
-    <row r="17" spans="1:26" ht="15" customHeight="1" thickBot="1">
-      <c r="A17" s="185" t="s">
+    <row r="17" spans="1:8" ht="16.5" customHeight="1">
+      <c r="A17" s="263"/>
+      <c r="B17" s="263"/>
+      <c r="C17" s="263"/>
+      <c r="D17" s="263"/>
+      <c r="E17" s="243"/>
+      <c r="F17" s="183"/>
+      <c r="G17" s="183"/>
+      <c r="H17" s="183"/>
+    </row>
+    <row r="18" spans="1:8" ht="15" customHeight="1">
+      <c r="A18" s="265" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B18" s="265"/>
+      <c r="C18" s="265"/>
+      <c r="D18" s="265"/>
+      <c r="E18" s="265"/>
+      <c r="F18" s="183"/>
+      <c r="G18" s="183"/>
+      <c r="H18" s="183"/>
+    </row>
+    <row r="19" spans="1:8" ht="15" customHeight="1">
+      <c r="A19" s="183"/>
+      <c r="B19" s="183"/>
+      <c r="C19" s="183"/>
+      <c r="D19" s="183"/>
+      <c r="E19" s="183"/>
+      <c r="F19" s="183"/>
+      <c r="G19" s="183"/>
+      <c r="H19" s="183"/>
+    </row>
+    <row r="20" spans="1:8" ht="15" customHeight="1">
+      <c r="A20" s="183"/>
+      <c r="B20" s="183"/>
+      <c r="C20" s="183"/>
+      <c r="D20" s="183"/>
+      <c r="E20" s="183"/>
+      <c r="F20" s="183"/>
+      <c r="G20" s="183"/>
+      <c r="H20" s="183"/>
+    </row>
+    <row r="21" spans="1:8" ht="15" customHeight="1" thickBot="1">
+      <c r="A21" s="185" t="s">
         <v>324</v>
       </c>
-      <c r="D17" s="186" t="s">
+      <c r="D21" s="186" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="18" spans="1:26" thickBot="1">
-      <c r="A18" s="187" t="s">
+    <row r="22" spans="1:8" thickBot="1">
+      <c r="A22" s="187" t="s">
         <v>326</v>
       </c>
-      <c r="B18" s="188" t="s">
+      <c r="B22" s="188" t="s">
         <v>327</v>
       </c>
-      <c r="C18" s="188" t="s">
+      <c r="C22" s="188" t="s">
         <v>86</v>
       </c>
-      <c r="D18" s="188" t="s">
+      <c r="D22" s="188" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:26" ht="51.75" thickBot="1">
-      <c r="A19" s="189">
+    <row r="23" spans="1:8" ht="51.75" thickBot="1">
+      <c r="A23" s="189">
         <v>1</v>
       </c>
-      <c r="B19" s="190" t="s">
+      <c r="B23" s="190" t="s">
         <v>1149</v>
       </c>
-      <c r="C19" s="230" t="s">
+      <c r="C23" s="230" t="s">
         <v>1150</v>
       </c>
-      <c r="D19" s="192" t="s">
+      <c r="D23" s="192" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="20" spans="1:26" ht="39" thickBot="1">
-      <c r="A20" s="194">
+    <row r="24" spans="1:8" ht="39" thickBot="1">
+      <c r="A24" s="194">
         <v>2</v>
       </c>
-      <c r="B20" s="195" t="s">
+      <c r="B24" s="195" t="s">
         <v>1151</v>
       </c>
-      <c r="C20" s="192" t="s">
+      <c r="C24" s="192" t="s">
         <v>484</v>
       </c>
-      <c r="D20" s="192" t="s">
+      <c r="D24" s="192" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="21" spans="1:26" ht="39" thickBot="1">
-      <c r="A21" s="189">
+    <row r="25" spans="1:8" ht="39" thickBot="1">
+      <c r="A25" s="189">
         <v>3</v>
       </c>
-      <c r="B21" s="195" t="s">
+      <c r="B25" s="195" t="s">
         <v>1152</v>
       </c>
-      <c r="C21" s="231" t="s">
+      <c r="C25" s="231" t="s">
         <v>479</v>
       </c>
-      <c r="D21" s="192" t="s">
+      <c r="D25" s="192" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="22" spans="1:26" ht="39" thickBot="1">
-      <c r="A22" s="194">
+    <row r="26" spans="1:8" ht="39" thickBot="1">
+      <c r="A26" s="194">
         <v>4</v>
       </c>
-      <c r="B22" s="195" t="s">
+      <c r="B26" s="195" t="s">
         <v>1153</v>
       </c>
-      <c r="C22" s="192" t="s">
+      <c r="C26" s="192" t="s">
         <v>482</v>
       </c>
-      <c r="D22" s="192" t="s">
+      <c r="D26" s="192" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="23" spans="1:26" ht="77.25" thickBot="1">
-      <c r="A23" s="189">
+    <row r="27" spans="1:8" ht="77.25" thickBot="1">
+      <c r="A27" s="189">
         <v>5</v>
       </c>
-      <c r="B23" s="196" t="s">
+      <c r="B27" s="196" t="s">
         <v>1154</v>
       </c>
-      <c r="C23" s="146" t="s">
+      <c r="C27" s="146" t="s">
         <v>481</v>
       </c>
-      <c r="D23" s="146"/>
-[...2 lines deleted...]
-      <c r="A24" s="194">
+      <c r="D27" s="146"/>
+    </row>
+    <row r="28" spans="1:8" ht="43.5" customHeight="1" thickBot="1">
+      <c r="A28" s="194">
         <v>6</v>
       </c>
-      <c r="B24" s="196" t="s">
+      <c r="B28" s="196" t="s">
         <v>130</v>
       </c>
-      <c r="C24" s="146" t="s">
+      <c r="C28" s="146" t="s">
         <v>486</v>
       </c>
-      <c r="D24" s="146"/>
-[...2 lines deleted...]
-      <c r="A25" s="189">
+      <c r="D28" s="146"/>
+    </row>
+    <row r="29" spans="1:8" ht="64.5" thickBot="1">
+      <c r="A29" s="189">
         <v>7</v>
       </c>
-      <c r="B25" s="196" t="s">
+      <c r="B29" s="196" t="s">
         <v>1155</v>
       </c>
-      <c r="C25" s="146" t="s">
+      <c r="C29" s="146" t="s">
         <v>1156</v>
       </c>
-      <c r="D25" s="232"/>
-[...2 lines deleted...]
-      <c r="A26" s="194">
+      <c r="D29" s="232"/>
+    </row>
+    <row r="30" spans="1:8" ht="51.75" thickBot="1">
+      <c r="A30" s="194">
         <v>8</v>
       </c>
-      <c r="B26" s="196" t="s">
+      <c r="B30" s="196" t="s">
         <v>1157</v>
       </c>
-      <c r="C26" s="146" t="s">
+      <c r="C30" s="146" t="s">
         <v>492</v>
       </c>
-      <c r="D26" s="233" t="s">
+      <c r="D30" s="233" t="s">
         <v>493</v>
       </c>
-      <c r="E26" s="216"/>
-[...5 lines deleted...]
-      <c r="A27" s="189">
+      <c r="E30" s="216"/>
+      <c r="F30" s="216"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="216"/>
+    </row>
+    <row r="31" spans="1:8" ht="102.75" thickBot="1">
+      <c r="A31" s="189">
         <v>9</v>
       </c>
-      <c r="B27" s="196" t="s">
+      <c r="B31" s="196" t="s">
         <v>1158</v>
       </c>
-      <c r="C27" s="146" t="s">
+      <c r="C31" s="146" t="s">
         <v>494</v>
       </c>
-      <c r="D27" s="233" t="s">
+      <c r="D31" s="233" t="s">
         <v>375</v>
       </c>
     </row>
-    <row r="28" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A28" s="194">
+    <row r="32" spans="1:8" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A32" s="194">
         <v>10</v>
       </c>
-      <c r="B28" s="196" t="s">
+      <c r="B32" s="196" t="s">
         <v>1159</v>
       </c>
-      <c r="C28" s="146" t="s">
+      <c r="C32" s="146" t="s">
         <v>495</v>
       </c>
-      <c r="D28" s="233" t="s">
+      <c r="D32" s="233" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="29" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A29" s="189">
+    <row r="33" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A33" s="189">
         <v>11</v>
       </c>
-      <c r="B29" s="196" t="s">
+      <c r="B33" s="196" t="s">
         <v>1160</v>
       </c>
-      <c r="C29" s="146" t="s">
+      <c r="C33" s="146" t="s">
         <v>496</v>
       </c>
-      <c r="D29" s="233" t="s">
+      <c r="D33" s="233" t="s">
         <v>380</v>
       </c>
     </row>
-    <row r="30" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A30" s="194">
+    <row r="34" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A34" s="194">
         <v>12</v>
       </c>
-      <c r="B30" s="196" t="s">
+      <c r="B34" s="196" t="s">
         <v>1161</v>
       </c>
-      <c r="C30" s="146" t="s">
+      <c r="C34" s="146" t="s">
         <v>1047</v>
       </c>
-      <c r="D30" s="146" t="s">
+      <c r="D34" s="146" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="31" spans="1:26" ht="53.25" customHeight="1" thickBot="1">
-      <c r="A31" s="189">
+    <row r="35" spans="1:26" ht="53.25" customHeight="1" thickBot="1">
+      <c r="A35" s="189">
         <v>13</v>
       </c>
-      <c r="B31" s="196" t="s">
+      <c r="B35" s="196" t="s">
         <v>1162</v>
       </c>
-      <c r="C31" s="146" t="s">
+      <c r="C35" s="146" t="s">
         <v>500</v>
       </c>
-      <c r="D31" s="146" t="s">
+      <c r="D35" s="146" t="s">
         <v>501</v>
       </c>
-      <c r="I31" s="216"/>
-[...19 lines deleted...]
-      <c r="A32" s="194">
+      <c r="I35" s="216"/>
+      <c r="J35" s="216"/>
+      <c r="K35" s="216"/>
+      <c r="L35" s="216"/>
+      <c r="M35" s="216"/>
+      <c r="N35" s="216"/>
+      <c r="O35" s="216"/>
+      <c r="P35" s="216"/>
+      <c r="Q35" s="216"/>
+      <c r="R35" s="216"/>
+      <c r="S35" s="216"/>
+      <c r="T35" s="216"/>
+      <c r="U35" s="216"/>
+      <c r="V35" s="216"/>
+      <c r="W35" s="216"/>
+      <c r="X35" s="216"/>
+      <c r="Y35" s="216"/>
+      <c r="Z35" s="216"/>
+    </row>
+    <row r="36" spans="1:26" ht="63" customHeight="1" thickBot="1">
+      <c r="A36" s="194">
         <v>14</v>
       </c>
-      <c r="B32" s="196" t="s">
+      <c r="B36" s="196" t="s">
         <v>1116</v>
       </c>
-      <c r="C32" s="146" t="s">
+      <c r="C36" s="146" t="s">
         <v>391</v>
       </c>
-      <c r="D32" s="146"/>
-[...2 lines deleted...]
-      <c r="A33" s="189">
+      <c r="D36" s="146"/>
+    </row>
+    <row r="37" spans="1:26" ht="30.95" customHeight="1" thickBot="1">
+      <c r="A37" s="189">
         <v>15</v>
       </c>
-      <c r="B33" s="196" t="s">
+      <c r="B37" s="196" t="s">
         <v>1118</v>
       </c>
-      <c r="C33" s="146" t="s">
+      <c r="C37" s="146" t="s">
         <v>391</v>
       </c>
-      <c r="D33" s="146"/>
-[...2 lines deleted...]
-      <c r="A34" s="194">
+      <c r="D37" s="146"/>
+    </row>
+    <row r="38" spans="1:26" ht="36" customHeight="1" thickBot="1">
+      <c r="A38" s="194">
         <v>16</v>
       </c>
-      <c r="B34" s="196" t="s">
+      <c r="B38" s="196" t="s">
         <v>1119</v>
       </c>
-      <c r="C34" s="146" t="s">
+      <c r="C38" s="146" t="s">
         <v>391</v>
       </c>
-      <c r="D34" s="146"/>
-[...2 lines deleted...]
-      <c r="A35" s="189">
+      <c r="D38" s="146"/>
+    </row>
+    <row r="39" spans="1:26" ht="32.1" customHeight="1" thickBot="1">
+      <c r="A39" s="189">
         <v>17</v>
       </c>
-      <c r="B35" s="196" t="s">
+      <c r="B39" s="196" t="s">
         <v>1163</v>
       </c>
-      <c r="C35" s="146" t="s">
+      <c r="C39" s="146" t="s">
         <v>502</v>
       </c>
-      <c r="D35" s="146"/>
-[...2 lines deleted...]
-      <c r="A36" s="194">
+      <c r="D39" s="146"/>
+    </row>
+    <row r="40" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A40" s="194">
         <v>18</v>
       </c>
-      <c r="B36" s="196" t="s">
+      <c r="B40" s="196" t="s">
         <v>1164</v>
       </c>
-      <c r="C36" s="146" t="s">
+      <c r="C40" s="146" t="s">
         <v>503</v>
       </c>
-      <c r="D36" s="234" t="s">
+      <c r="D40" s="234" t="s">
         <v>504</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A37" s="189">
+    <row r="41" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A41" s="189">
         <v>19</v>
       </c>
-      <c r="B37" s="196" t="s">
+      <c r="B41" s="196" t="s">
         <v>1165</v>
       </c>
-      <c r="C37" s="146" t="s">
+      <c r="C41" s="146" t="s">
         <v>503</v>
       </c>
-      <c r="D37" s="233" t="s">
+      <c r="D41" s="233" t="s">
         <v>505</v>
       </c>
     </row>
-    <row r="38" spans="1:4" ht="15.75" customHeight="1" thickBot="1">
-      <c r="A38" s="194">
+    <row r="42" spans="1:26" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A42" s="194">
         <v>20</v>
       </c>
-      <c r="B38" s="196" t="s">
+      <c r="B42" s="196" t="s">
         <v>1166</v>
       </c>
-      <c r="C38" s="146" t="s">
+      <c r="C42" s="146" t="s">
         <v>503</v>
       </c>
-      <c r="D38" s="233" t="s">
+      <c r="D42" s="233" t="s">
         <v>506</v>
       </c>
     </row>
-    <row r="39" spans="1:4" thickBot="1">
-      <c r="A39" s="189">
+    <row r="43" spans="1:26" thickBot="1">
+      <c r="A43" s="189">
         <v>21</v>
       </c>
-      <c r="B39" s="196" t="s">
+      <c r="B43" s="196" t="s">
         <v>1167</v>
       </c>
-      <c r="C39" s="146" t="s">
+      <c r="C43" s="146" t="s">
         <v>1168</v>
       </c>
-      <c r="D39" s="146" t="s">
+      <c r="D43" s="146" t="s">
         <v>1169</v>
       </c>
     </row>
-    <row r="40" spans="1:4" thickBot="1">
-      <c r="A40" s="194">
+    <row r="44" spans="1:26" thickBot="1">
+      <c r="A44" s="194">
         <v>22</v>
       </c>
-      <c r="B40" s="196" t="s">
+      <c r="B44" s="196" t="s">
         <v>1170</v>
       </c>
-      <c r="C40" s="146" t="s">
+      <c r="C44" s="146" t="s">
         <v>1171</v>
       </c>
-      <c r="D40" s="146"/>
-[...2 lines deleted...]
-      <c r="A41" s="189">
+      <c r="D44" s="146"/>
+    </row>
+    <row r="45" spans="1:26" thickBot="1">
+      <c r="A45" s="189">
         <v>23</v>
       </c>
-      <c r="B41" s="196" t="s">
+      <c r="B45" s="196" t="s">
         <v>1172</v>
       </c>
-      <c r="C41" s="146" t="s">
+      <c r="C45" s="146" t="s">
         <v>1173</v>
       </c>
-      <c r="D41" s="235" t="s">
+      <c r="D45" s="235" t="s">
         <v>1174</v>
       </c>
     </row>
-    <row r="42" spans="1:4" thickBot="1">
-      <c r="A42" s="194">
+    <row r="46" spans="1:26" thickBot="1">
+      <c r="A46" s="194">
         <v>24</v>
       </c>
-      <c r="B42" s="196" t="s">
+      <c r="B46" s="196" t="s">
         <v>1175</v>
       </c>
-      <c r="C42" s="146" t="s">
+      <c r="C46" s="146" t="s">
         <v>1173</v>
       </c>
-      <c r="D42" s="146"/>
-[...8 lines deleted...]
-      <c r="A44" s="197" t="s">
+      <c r="D46" s="146"/>
+    </row>
+    <row r="47" spans="1:26" ht="14.25">
+      <c r="A47" s="236"/>
+      <c r="B47" s="237"/>
+      <c r="C47" s="237"/>
+      <c r="D47" s="237"/>
+    </row>
+    <row r="48" spans="1:26" ht="15.75" customHeight="1">
+      <c r="A48" s="197" t="s">
         <v>450</v>
-      </c>
-[...18 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="49" spans="1:8" ht="15.75" customHeight="1">
       <c r="A49" s="238" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="15.75" customHeight="1">
+      <c r="B50" s="219" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A51" s="238" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15.75" customHeight="1">
+      <c r="B52" s="219" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A53" s="238" t="s">
         <v>513</v>
       </c>
     </row>
-    <row r="50" spans="1:8" ht="15.75" customHeight="1">
-      <c r="B50" s="239" t="s">
+    <row r="54" spans="1:8" ht="15.75" customHeight="1">
+      <c r="B54" s="239" t="s">
         <v>1142</v>
       </c>
     </row>
-    <row r="51" spans="1:8" ht="15.75" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A52" s="266" t="s">
+    <row r="55" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="56" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A56" s="266" t="s">
         <v>1176</v>
       </c>
-      <c r="B52" s="267"/>
-[...38 lines deleted...]
-      <c r="A56" s="267"/>
       <c r="B56" s="267"/>
       <c r="C56" s="267"/>
       <c r="D56" s="267"/>
       <c r="E56" s="267"/>
       <c r="F56" s="267"/>
       <c r="G56" s="267"/>
       <c r="H56" s="267"/>
     </row>
     <row r="57" spans="1:8" ht="15.75" customHeight="1">
       <c r="A57" s="267"/>
       <c r="B57" s="267"/>
       <c r="C57" s="267"/>
       <c r="D57" s="267"/>
       <c r="E57" s="267"/>
       <c r="F57" s="267"/>
       <c r="G57" s="267"/>
       <c r="H57" s="267"/>
     </row>
     <row r="58" spans="1:8" ht="15.75" customHeight="1">
       <c r="A58" s="267"/>
       <c r="B58" s="267"/>
       <c r="C58" s="267"/>
       <c r="D58" s="267"/>
       <c r="E58" s="267"/>
       <c r="F58" s="267"/>
       <c r="G58" s="267"/>
       <c r="H58" s="267"/>
     </row>
-    <row r="59" spans="1:8" ht="45" customHeight="1">
+    <row r="59" spans="1:8" ht="15.75" customHeight="1">
       <c r="A59" s="267"/>
       <c r="B59" s="267"/>
       <c r="C59" s="267"/>
       <c r="D59" s="267"/>
       <c r="E59" s="267"/>
       <c r="F59" s="267"/>
       <c r="G59" s="267"/>
       <c r="H59" s="267"/>
     </row>
     <row r="60" spans="1:8" ht="15.75" customHeight="1">
       <c r="A60" s="267"/>
       <c r="B60" s="267"/>
       <c r="C60" s="267"/>
       <c r="D60" s="267"/>
       <c r="E60" s="267"/>
       <c r="F60" s="267"/>
       <c r="G60" s="267"/>
       <c r="H60" s="267"/>
     </row>
-    <row r="61" spans="1:8" ht="72" customHeight="1">
+    <row r="61" spans="1:8" ht="15.75" customHeight="1">
       <c r="A61" s="267"/>
       <c r="B61" s="267"/>
       <c r="C61" s="267"/>
       <c r="D61" s="267"/>
       <c r="E61" s="267"/>
       <c r="F61" s="267"/>
       <c r="G61" s="267"/>
       <c r="H61" s="267"/>
     </row>
     <row r="62" spans="1:8" ht="15.75" customHeight="1">
-      <c r="A62" s="198"/>
-[...16 lines deleted...]
-      <c r="H63" s="198"/>
+      <c r="A62" s="267"/>
+      <c r="B62" s="267"/>
+      <c r="C62" s="267"/>
+      <c r="D62" s="267"/>
+      <c r="E62" s="267"/>
+      <c r="F62" s="267"/>
+      <c r="G62" s="267"/>
+      <c r="H62" s="267"/>
+    </row>
+    <row r="63" spans="1:8" ht="45" customHeight="1">
+      <c r="A63" s="267"/>
+      <c r="B63" s="267"/>
+      <c r="C63" s="267"/>
+      <c r="D63" s="267"/>
+      <c r="E63" s="267"/>
+      <c r="F63" s="267"/>
+      <c r="G63" s="267"/>
+      <c r="H63" s="267"/>
     </row>
     <row r="64" spans="1:8" ht="15.75" customHeight="1">
-      <c r="A64" s="198"/>
-[...23 lines deleted...]
-    <row r="80" ht="15.75" customHeight="1"/>
+      <c r="A64" s="267"/>
+      <c r="B64" s="267"/>
+      <c r="C64" s="267"/>
+      <c r="D64" s="267"/>
+      <c r="E64" s="267"/>
+      <c r="F64" s="267"/>
+      <c r="G64" s="267"/>
+      <c r="H64" s="267"/>
+    </row>
+    <row r="65" spans="1:8" ht="72" customHeight="1">
+      <c r="A65" s="267"/>
+      <c r="B65" s="267"/>
+      <c r="C65" s="267"/>
+      <c r="D65" s="267"/>
+      <c r="E65" s="267"/>
+      <c r="F65" s="267"/>
+      <c r="G65" s="267"/>
+      <c r="H65" s="267"/>
+    </row>
+    <row r="66" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A66" s="198"/>
+      <c r="B66" s="198"/>
+      <c r="C66" s="198"/>
+      <c r="D66" s="198"/>
+      <c r="E66" s="198"/>
+      <c r="F66" s="198"/>
+      <c r="G66" s="198"/>
+      <c r="H66" s="198"/>
+    </row>
+    <row r="67" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A67" s="198"/>
+      <c r="B67" s="198"/>
+      <c r="C67" s="198"/>
+      <c r="D67" s="198"/>
+      <c r="E67" s="198"/>
+      <c r="F67" s="198"/>
+      <c r="G67" s="198"/>
+      <c r="H67" s="198"/>
+    </row>
+    <row r="68" spans="1:8" ht="15.75" customHeight="1">
+      <c r="A68" s="198"/>
+      <c r="B68" s="198"/>
+      <c r="C68" s="198"/>
+      <c r="D68" s="198"/>
+      <c r="E68" s="198"/>
+      <c r="F68" s="198"/>
+      <c r="G68" s="198"/>
+      <c r="H68" s="198"/>
+    </row>
+    <row r="69" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="70" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="71" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="72" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="73" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="74" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="75" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="76" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="77" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="78" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="79" spans="1:8" ht="15.75" customHeight="1"/>
+    <row r="80" spans="1:8" ht="15.75" customHeight="1"/>
     <row r="81" ht="15.75" customHeight="1"/>
     <row r="82" ht="15.75" customHeight="1"/>
     <row r="83" ht="15.75" customHeight="1"/>
     <row r="84" ht="15.75" customHeight="1"/>
     <row r="85" ht="15.75" customHeight="1"/>
     <row r="86" ht="15.75" customHeight="1"/>
     <row r="87" ht="15.75" customHeight="1"/>
     <row r="88" ht="15.75" customHeight="1"/>
     <row r="89" ht="15.75" customHeight="1"/>
     <row r="90" ht="15.75" customHeight="1"/>
     <row r="91" ht="15.75" customHeight="1"/>
     <row r="92" ht="15.75" customHeight="1"/>
     <row r="93" ht="15.75" customHeight="1"/>
     <row r="94" ht="15.75" customHeight="1"/>
     <row r="95" ht="15.75" customHeight="1"/>
     <row r="96" ht="15.75" customHeight="1"/>
     <row r="97" ht="15.75" customHeight="1"/>
     <row r="98" ht="15.75" customHeight="1"/>
     <row r="99" ht="15.75" customHeight="1"/>
     <row r="100" ht="15.75" customHeight="1"/>
     <row r="101" ht="15.75" customHeight="1"/>
     <row r="102" ht="15.75" customHeight="1"/>
     <row r="103" ht="15.75" customHeight="1"/>
     <row r="104" ht="15.75" customHeight="1"/>
     <row r="105" ht="15.75" customHeight="1"/>
@@ -37714,63 +37912,68 @@
     <row r="981" ht="15.75" customHeight="1"/>
     <row r="982" ht="15.75" customHeight="1"/>
     <row r="983" ht="15.75" customHeight="1"/>
     <row r="984" ht="15.75" customHeight="1"/>
     <row r="985" ht="15.75" customHeight="1"/>
     <row r="986" ht="15.75" customHeight="1"/>
     <row r="987" ht="15.75" customHeight="1"/>
     <row r="988" ht="15.75" customHeight="1"/>
     <row r="989" ht="15.75" customHeight="1"/>
     <row r="990" ht="15.75" customHeight="1"/>
     <row r="991" ht="15.75" customHeight="1"/>
     <row r="992" ht="15.75" customHeight="1"/>
     <row r="993" ht="15.75" customHeight="1"/>
     <row r="994" ht="15.75" customHeight="1"/>
     <row r="995" ht="15.75" customHeight="1"/>
     <row r="996" ht="15.75" customHeight="1"/>
     <row r="997" ht="15.75" customHeight="1"/>
     <row r="998" ht="15.75" customHeight="1"/>
     <row r="999" ht="15.75" customHeight="1"/>
     <row r="1000" ht="15.75" customHeight="1"/>
     <row r="1001" ht="15.75" customHeight="1"/>
     <row r="1002" ht="15.75" customHeight="1"/>
     <row r="1003" ht="15.75" customHeight="1"/>
     <row r="1004" ht="15.75" customHeight="1"/>
     <row r="1005" ht="15.75" customHeight="1"/>
+    <row r="1006" ht="15.75" customHeight="1"/>
+    <row r="1007" ht="15.75" customHeight="1"/>
+    <row r="1008" ht="15.75" customHeight="1"/>
+    <row r="1009" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="7">
     <mergeCell ref="A2:H4"/>
-    <mergeCell ref="A9:D9"/>
-[...3 lines deleted...]
-    <mergeCell ref="A10:D13"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="A56:H65"/>
+    <mergeCell ref="A11:D11"/>
+    <mergeCell ref="A14:D17"/>
+    <mergeCell ref="A7:D9"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B46" r:id="rId1" xr:uid="{7EABF94D-02E1-45A8-B2DE-4F87D52A8DD2}"/>
-[...1 lines deleted...]
-    <hyperlink ref="B50" r:id="rId3" xr:uid="{2F885FB6-2C00-4AD4-B247-7B631BCFD0F2}"/>
+    <hyperlink ref="B50" r:id="rId1" xr:uid="{7EABF94D-02E1-45A8-B2DE-4F87D52A8DD2}"/>
+    <hyperlink ref="B52" r:id="rId2" xr:uid="{EFF92645-C008-4607-97B9-952AD44F35A2}"/>
+    <hyperlink ref="B54" r:id="rId3" xr:uid="{2F885FB6-2C00-4AD4-B247-7B631BCFD0F2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup scale="84" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C60AD49F-EFE6-43F4-BD48-D3413988B617}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A1:X1"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection sqref="A1:X1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="17.625" style="201" customWidth="1"/>
     <col min="2" max="2" width="16.375" style="201" customWidth="1"/>
     <col min="3" max="3" width="12.625" style="201" customWidth="1"/>
     <col min="4" max="4" width="14.375" style="201" customWidth="1"/>
     <col min="5" max="5" width="21.125" style="201" customWidth="1"/>
     <col min="6" max="6" width="15.375" style="201" customWidth="1"/>